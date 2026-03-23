--- v0 (2025-10-07)
+++ v1 (2026-03-23)
@@ -22,60 +22,60 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr showInkAnnotation="0" codeName="ThisWorkbook" defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://scaniaazureservices.sharepoint.com/teams/ScaniaCorporateStandards/Shared Documents/General/10 Ongoing STD Revisions/Business Control and Work Procedure/STD4160r17/10_Final published/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\mbuhmp\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="9" documentId="8_{D3D5AB23-816D-420C-A19B-BBFE65E34E62}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1B7B92B2-B0EF-4AA3-9191-677315711AB4}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{EAB7B533-C92C-485A-BB29-A94AD04F2070}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Front Page" sheetId="33" r:id="rId1"/>
     <sheet name="STD4158 Criteria" sheetId="34" r:id="rId2"/>
     <sheet name="STD4159 Criteria" sheetId="35" r:id="rId3"/>
     <sheet name="Prohibited &amp; Restricted subst." sheetId="27" r:id="rId4"/>
     <sheet name="Change history" sheetId="28" r:id="rId5"/>
     <sheet name="Modul1" sheetId="9" state="veryHidden" r:id="rId6"/>
     <sheet name="Modul2" sheetId="10" state="veryHidden" r:id="rId7"/>
     <sheet name="Modul3" sheetId="11" state="veryHidden" r:id="rId8"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId9"/>
   </externalReferences>
   <definedNames>
     <definedName name="_Toc397612156" localSheetId="0">'Front Page'!$A$15</definedName>
     <definedName name="_Toc397612156" localSheetId="1">'STD4158 Criteria'!$A$9</definedName>
     <definedName name="_Toc397612156" localSheetId="2">'STD4159 Criteria'!$A$9</definedName>
     <definedName name="Captive_plain_washer" localSheetId="1">#REF!</definedName>
     <definedName name="Captive_plain_washer" localSheetId="2">#REF!</definedName>
     <definedName name="Captive_plain_washer">#REF!</definedName>
     <definedName name="End_of_fastener" localSheetId="1">#REF!</definedName>
     <definedName name="End_of_fastener" localSheetId="2">#REF!</definedName>
     <definedName name="End_of_fastener">#REF!</definedName>
     <definedName name="Endpoints" localSheetId="1">#REF!</definedName>
@@ -101,53 +101,54 @@
     <definedName name="Screw_threads" localSheetId="2">#REF!</definedName>
     <definedName name="Screw_threads">#REF!</definedName>
     <definedName name="Sockets" localSheetId="1">#REF!</definedName>
     <definedName name="Sockets" localSheetId="2">#REF!</definedName>
     <definedName name="Sockets">#REF!</definedName>
     <definedName name="ThreadType" localSheetId="1">#REF!</definedName>
     <definedName name="ThreadType" localSheetId="2">#REF!</definedName>
     <definedName name="ThreadType">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A5" i="33" l="1"/>
+  <c r="J7" i="33" l="1"/>
+  <c r="A5" i="33"/>
   <c r="A5" i="28" s="1"/>
-  <c r="A16" i="28"/>
+  <c r="A17" i="28"/>
   <c r="B2" i="28"/>
   <c r="D5" i="28"/>
   <c r="B2" i="27" l="1"/>
   <c r="M7" i="27"/>
   <c r="M6" i="27"/>
   <c r="A5" i="27"/>
   <c r="E2" i="35"/>
   <c r="E2" i="34"/>
   <c r="J5" i="35"/>
   <c r="A5" i="35"/>
   <c r="J5" i="34"/>
   <c r="A5" i="34"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>Bundschuh Michaela</author>
     <author>Billme Anna</author>
   </authors>
   <commentList>
     <comment ref="C18" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0300-000001000000}">
       <text>
         <r>
@@ -537,51 +538,51 @@
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>Sunset date</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>:
 Date from which the placing on the market and the use of that substance shall be prohibited unless an exemption applies or an authorisation is granted</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2679" uniqueCount="1396">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2698" uniqueCount="1406">
   <si>
     <t>STD4160</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Issue</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t xml:space="preserve">List of Prohibited and Restricted Substances in Chemical Products  </t>
   </si>
   <si>
     <t>Introduction</t>
   </si>
   <si>
     <t>1  Scope</t>
   </si>
   <si>
     <t>2 Referenced documents</t>
   </si>
   <si>
@@ -5328,59 +5329,91 @@
   </si>
   <si>
     <t>Octamethyltrisiloxane (L3)</t>
   </si>
   <si>
     <t>Decamethyltetrasiloxane (L4)</t>
   </si>
   <si>
     <t>1,1,1,3,5,5,5-heptamethyl-3-[(trimethylsilyl)oxy]trisiloxane (M3T)</t>
   </si>
   <si>
     <t>a) 3 substances added.
 b) The abbrevation for the substance have been corrected to L3 in the substance name.</t>
   </si>
   <si>
     <t>a) 17928-28-8, 141-62-8, -.
 b) 107-51-7</t>
   </si>
   <si>
     <t>TRATON Standardization, TGRMHPS</t>
   </si>
   <si>
     <t>According to a decision by Scania, restrictions have been introduced with respect to the use of chemical substances. STD4160 lists prohibited chemical substances that must not be used and restricted substances that should not be in chemical products used in Scania’s product development, production processes, the sales and service network and in Scania´s processes concerning facilities and maintenance. Substances that fulfil any of the criterias in STD4158 or STD4159 are covered by these standards regardless of if the substance is explicitly listed in STD4160 or not.
 For detailed information see Scania standard STD4158 and STD4159.</t>
   </si>
+  <si>
+    <t>Solvent, cleaning agent, surface treatment</t>
+  </si>
+  <si>
+    <t>4,4'-[2,2,2-trifluoro-1-(trifluoromethyl)ethylidene]diphenol (Bisphenol AF; BPAF) and its salts</t>
+  </si>
+  <si>
+    <t>Several, e.g. 1478-61-1, 75768-65-9, 126049-00-1, 577705-90-9, 921213-47-0</t>
+  </si>
+  <si>
+    <t>Several, e.g. 216-036-7, 278-305-5, 468-740-0, 479-100-5, 425-060-9, 443-330-4, 469-080-6, 943-265-6, 947-368-7</t>
+  </si>
+  <si>
+    <t>Process regulator and cross-linking agent</t>
+  </si>
+  <si>
+    <t>84852-53-9</t>
+  </si>
+  <si>
+    <t>284-366-9</t>
+  </si>
+  <si>
+    <t>1,1'-(ethane-1,2-diyl)bis[pentabromobenzene] (DBDPE)</t>
+  </si>
+  <si>
+    <t>a) 2 substances added as Restricted substances; DBDPE and Bisphenol AF
+b) Footnote added and Example of type or area or use updated for Hexane (n-)</t>
+  </si>
+  <si>
+    <t>a) DBDPE: 84852-53-9, and Bisphenol AF: Several, e.g. 1478-61-1, 75768-65-9, 126049-00-1, 577705-90-9, 921213-47-0
+b) 110-54-3</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="x14ac x16r2 xr xr9">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="yyyy\-mm\-dd;@"/>
   </numFmts>
-  <fonts count="48" x14ac:knownFonts="1">
+  <fonts count="48">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
@@ -5970,51 +6003,51 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="7">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="322">
+  <cellXfs count="296">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="5"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="5" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
@@ -6083,825 +6116,757 @@
     </xf>
     <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="2" borderId="10" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="9" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="3" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="14" fontId="14" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="14" fontId="14" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="14" fontId="7" fillId="2" borderId="10" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="2" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="18" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="18" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="15" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="15" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="0" borderId="16" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="16" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="10" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="14" fontId="14" fillId="0" borderId="17" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="17" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="14" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="1" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="1" fontId="27" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
-[...6 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="5" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="23" xfId="5" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="5" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="40" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="42" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="40" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="34" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="36" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="justify" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="17" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="3" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="17" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="37" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="32" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="32" fillId="0" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="18" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="18" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="34" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...20 lines deleted...]
-    <xf numFmtId="49" fontId="14" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="14" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="14" fontId="14" fillId="0" borderId="17" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="18" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="14" fillId="0" borderId="3" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...96 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="18" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...48 lines deleted...]
-    <xf numFmtId="0" fontId="37" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="37" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="164" fontId="46" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="164" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="4" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="4" fillId="0" borderId="6" xfId="5" quotePrefix="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="2" fillId="0" borderId="0" xfId="5" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="6" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="31" fillId="4" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="31" fillId="4" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="31" fillId="4" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="3" fillId="4" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="0" fillId="4" borderId="1" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="4" borderId="17" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="43" fillId="4" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="0" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...34 lines deleted...]
-    <xf numFmtId="14" fontId="43" fillId="4" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="43" fillId="4" borderId="6" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
+    <xf numFmtId="49" fontId="43" fillId="4" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment wrapText="1"/>
+    </xf>
     <xf numFmtId="14" fontId="43" fillId="4" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="43" fillId="4" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="43" fillId="4" borderId="5" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="14" fontId="0" fillId="4" borderId="6" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="14" fontId="0" fillId="4" borderId="18" xfId="5" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="31" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="49" fontId="31" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="14" fontId="31" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="5" applyBorder="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="4" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-      <alignment wrapText="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="164" fontId="14" fillId="0" borderId="14" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...10 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="2" borderId="0" xfId="5" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="0" xfId="5" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="22" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="23" xfId="5" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="21" xfId="5" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="22" xfId="5" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="22" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="7" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="8" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="9" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="10" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="5" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="0" borderId="11" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="13" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="11" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="44" fillId="0" borderId="14" xfId="5" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="14" xfId="5" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="1" fillId="0" borderId="22" xfId="5" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="7">
     <cellStyle name="Hyperlink 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 4" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 5" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Normal 5 2" xfId="6" xr:uid="{911A802E-4407-47AE-BEFE-7F3907F578FA}"/>
   </cellStyles>
   <dxfs count="27">
     <dxf>
       <fill>
         <patternFill>
           <bgColor theme="0" tint="-0.34998626667073579"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <color theme="0"/>
       </font>
       <fill>
@@ -8459,76 +8424,76 @@
             <v>Prevailing torque type all hexagon nut with flange, with non-metallic insert</v>
           </cell>
         </row>
         <row r="19">
           <cell r="A19" t="str">
             <v>Prevailing torque type all metal hexagon nut with flange</v>
           </cell>
         </row>
         <row r="20">
           <cell r="A20" t="str">
             <v>Weld nut</v>
           </cell>
         </row>
         <row r="21">
           <cell r="A21" t="str">
             <v>Other</v>
           </cell>
         </row>
       </sheetData>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table14" displayName="Table14" ref="A18:M343" totalsRowShown="0" headerRowDxfId="24" dataDxfId="22" headerRowBorderDxfId="23" tableBorderDxfId="21">
-  <autoFilter ref="A18:M343" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="Table14" displayName="Table14" ref="A18:M345" totalsRowShown="0" headerRowDxfId="24" dataDxfId="22" headerRowBorderDxfId="23" tableBorderDxfId="21">
+  <autoFilter ref="A18:M345" xr:uid="{00000000-0009-0000-0100-000002000000}"/>
   <tableColumns count="13">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="Group" dataDxfId="20"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="Substance name" dataDxfId="19"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="CAS no." dataDxfId="18"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="EC no." dataDxfId="17"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="Hazard" dataDxfId="16"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="Application" dataDxfId="15"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="Example of type or area or use" dataDxfId="14"/>
     <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="Footnote" dataDxfId="13" dataCellStyle="Normal 5"/>
     <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="Prohibited / Restricted " dataDxfId="12" dataCellStyle="Normal 5"/>
     <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="Inclusion date" dataDxfId="11" dataCellStyle="Normal 5"/>
     <tableColumn id="8" xr3:uid="{0DE17AA5-C65D-449A-AFBF-88C73A2F7375}" name="Sunset date" dataDxfId="10" dataCellStyle="Normal 5"/>
     <tableColumn id="18" xr3:uid="{00000000-0010-0000-0000-000012000000}" name="Change date" dataDxfId="9"/>
     <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="Comment" dataDxfId="8"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight8" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Table3" displayName="Table3" ref="A9:D52" totalsRowShown="0" headerRowDxfId="7" dataDxfId="6">
-[...2 lines deleted...]
-    <sortCondition descending="1" ref="A9:A52"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{00000000-000C-0000-FFFF-FFFF01000000}" name="Table3" displayName="Table3" ref="A9:D53" totalsRowShown="0" headerRowDxfId="7" dataDxfId="6">
+  <autoFilter ref="A9:D53" xr:uid="{00000000-0009-0000-0100-000003000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A10:D53">
+    <sortCondition descending="1" ref="A9:A53"/>
   </sortState>
   <tableColumns count="4">
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0100-000001000000}" name="Issue" dataDxfId="5"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0100-000002000000}" name="Date" dataDxfId="4"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0100-000003000000}" name="Changes" dataDxfId="3"/>
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0100-000004000000}" name="CAS" dataDxfId="2"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -8820,14445 +8785,14118 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr codeName="Sheet2">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M43"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A31" sqref="A31:K31"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A7" sqref="A7:D9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="11.5703125" style="22" customWidth="1"/>
     <col min="2" max="5" width="9.140625" style="22"/>
     <col min="6" max="6" width="18.5703125" style="22" customWidth="1"/>
     <col min="7" max="7" width="13.5703125" style="22" customWidth="1"/>
     <col min="8" max="9" width="9.140625" style="22"/>
     <col min="10" max="10" width="10.5703125" style="22" customWidth="1"/>
     <col min="11" max="11" width="11.5703125" style="22" customWidth="1"/>
     <col min="12" max="12" width="9.140625" style="22"/>
     <col min="13" max="13" width="10.28515625" style="22" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="22"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-      <c r="E2" s="230" t="s">
+    <row r="1" spans="1:13" ht="13.5" thickBot="1">
+      <c r="A1" s="84"/>
+      <c r="B1" s="85"/>
+      <c r="C1" s="85"/>
+      <c r="D1" s="85"/>
+      <c r="E1" s="85"/>
+      <c r="F1" s="85"/>
+      <c r="G1" s="85"/>
+      <c r="H1" s="85"/>
+      <c r="I1" s="85"/>
+      <c r="J1" s="85"/>
+      <c r="K1" s="85"/>
+      <c r="L1" s="85"/>
+      <c r="M1" s="86"/>
+    </row>
+    <row r="2" spans="1:13" ht="30" customHeight="1">
+      <c r="A2" s="209"/>
+      <c r="B2" s="210"/>
+      <c r="C2" s="210"/>
+      <c r="D2" s="211"/>
+      <c r="E2" s="215" t="s">
         <v>0</v>
       </c>
-      <c r="F2" s="231"/>
-[...24 lines deleted...]
-      <c r="A4" s="239" t="s">
+      <c r="F2" s="216"/>
+      <c r="G2" s="216"/>
+      <c r="H2" s="216"/>
+      <c r="I2" s="217"/>
+      <c r="J2" s="209"/>
+      <c r="K2" s="210"/>
+      <c r="L2" s="210"/>
+      <c r="M2" s="211"/>
+    </row>
+    <row r="3" spans="1:13" ht="30" customHeight="1" thickBot="1">
+      <c r="A3" s="212"/>
+      <c r="B3" s="213"/>
+      <c r="C3" s="213"/>
+      <c r="D3" s="214"/>
+      <c r="E3" s="218"/>
+      <c r="F3" s="219"/>
+      <c r="G3" s="219"/>
+      <c r="H3" s="219"/>
+      <c r="I3" s="220"/>
+      <c r="J3" s="212"/>
+      <c r="K3" s="213"/>
+      <c r="L3" s="213"/>
+      <c r="M3" s="214"/>
+    </row>
+    <row r="4" spans="1:13" ht="20.100000000000001" customHeight="1">
+      <c r="A4" s="224" t="s">
         <v>1236</v>
       </c>
-      <c r="B4" s="240"/>
-[...7 lines deleted...]
-      <c r="J4" s="239" t="s">
+      <c r="B4" s="225"/>
+      <c r="C4" s="225"/>
+      <c r="D4" s="226"/>
+      <c r="E4" s="218"/>
+      <c r="F4" s="219"/>
+      <c r="G4" s="219"/>
+      <c r="H4" s="219"/>
+      <c r="I4" s="220"/>
+      <c r="J4" s="224" t="s">
         <v>1237</v>
       </c>
-      <c r="K4" s="240"/>
-[...4 lines deleted...]
-      <c r="A5" s="242">
+      <c r="K4" s="225"/>
+      <c r="L4" s="225"/>
+      <c r="M4" s="226"/>
+    </row>
+    <row r="5" spans="1:13" ht="20.100000000000001" customHeight="1" thickBot="1">
+      <c r="A5" s="227">
         <f>'Prohibited &amp; Restricted subst.'!A6</f>
+        <v>18</v>
+      </c>
+      <c r="B5" s="228"/>
+      <c r="C5" s="228"/>
+      <c r="D5" s="229"/>
+      <c r="E5" s="221"/>
+      <c r="F5" s="222"/>
+      <c r="G5" s="222"/>
+      <c r="H5" s="222"/>
+      <c r="I5" s="223"/>
+      <c r="J5" s="227" t="s">
+        <v>3</v>
+      </c>
+      <c r="K5" s="228"/>
+      <c r="L5" s="228"/>
+      <c r="M5" s="229"/>
+    </row>
+    <row r="6" spans="1:13" ht="20.100000000000001" customHeight="1">
+      <c r="A6" s="230" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B6" s="231"/>
+      <c r="C6" s="231"/>
+      <c r="D6" s="232"/>
+      <c r="E6" s="230" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F6" s="231"/>
+      <c r="G6" s="231"/>
+      <c r="H6" s="231"/>
+      <c r="I6" s="232"/>
+      <c r="J6" s="230" t="s">
+        <v>1240</v>
+      </c>
+      <c r="K6" s="231"/>
+      <c r="L6" s="68"/>
+      <c r="M6" s="69"/>
+    </row>
+    <row r="7" spans="1:13" ht="21" customHeight="1" thickBot="1">
+      <c r="A7" s="233" t="s">
+        <v>1349</v>
+      </c>
+      <c r="B7" s="234"/>
+      <c r="C7" s="234"/>
+      <c r="D7" s="235"/>
+      <c r="E7" s="239" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F7" s="240"/>
+      <c r="G7" s="240"/>
+      <c r="H7" s="240"/>
+      <c r="I7" s="241"/>
+      <c r="J7" s="245">
+        <f>'Prohibited &amp; Restricted subst.'!A4</f>
+        <v>46091</v>
+      </c>
+      <c r="K7" s="246"/>
+      <c r="L7" s="246"/>
+      <c r="M7" s="247"/>
+    </row>
+    <row r="8" spans="1:13" ht="20.100000000000001" customHeight="1">
+      <c r="A8" s="233"/>
+      <c r="B8" s="234"/>
+      <c r="C8" s="234"/>
+      <c r="D8" s="235"/>
+      <c r="E8" s="239"/>
+      <c r="F8" s="240"/>
+      <c r="G8" s="240"/>
+      <c r="H8" s="240"/>
+      <c r="I8" s="241"/>
+      <c r="J8" s="248" t="s">
+        <v>1241</v>
+      </c>
+      <c r="K8" s="249"/>
+      <c r="L8" s="249"/>
+      <c r="M8" s="250"/>
+    </row>
+    <row r="9" spans="1:13" ht="27.6" customHeight="1" thickBot="1">
+      <c r="A9" s="236"/>
+      <c r="B9" s="237"/>
+      <c r="C9" s="237"/>
+      <c r="D9" s="238"/>
+      <c r="E9" s="242"/>
+      <c r="F9" s="243"/>
+      <c r="G9" s="243"/>
+      <c r="H9" s="243"/>
+      <c r="I9" s="244"/>
+      <c r="J9" s="236" t="s">
+        <v>1243</v>
+      </c>
+      <c r="K9" s="237"/>
+      <c r="L9" s="237"/>
+      <c r="M9" s="238"/>
+    </row>
+    <row r="10" spans="1:13">
+      <c r="A10" s="87"/>
+      <c r="M10" s="88"/>
+    </row>
+    <row r="11" spans="1:13" ht="14.25">
+      <c r="A11" s="89"/>
+      <c r="B11" s="74"/>
+      <c r="M11" s="88"/>
+    </row>
+    <row r="12" spans="1:13">
+      <c r="A12" s="87"/>
+      <c r="M12" s="88"/>
+    </row>
+    <row r="13" spans="1:13" ht="26.25">
+      <c r="A13" s="90" t="s">
+        <v>4</v>
+      </c>
+      <c r="M13" s="88"/>
+    </row>
+    <row r="14" spans="1:13">
+      <c r="A14" s="87"/>
+      <c r="M14" s="88"/>
+    </row>
+    <row r="15" spans="1:13" ht="21" customHeight="1">
+      <c r="A15" s="91" t="s">
+        <v>5</v>
+      </c>
+      <c r="M15" s="88"/>
+    </row>
+    <row r="16" spans="1:13" ht="124.5" customHeight="1">
+      <c r="A16" s="253" t="s">
+        <v>1376</v>
+      </c>
+      <c r="B16" s="254"/>
+      <c r="C16" s="254"/>
+      <c r="D16" s="254"/>
+      <c r="E16" s="254"/>
+      <c r="F16" s="254"/>
+      <c r="G16" s="254"/>
+      <c r="H16" s="254"/>
+      <c r="I16" s="254"/>
+      <c r="J16" s="254"/>
+      <c r="K16" s="254"/>
+      <c r="L16" s="254"/>
+      <c r="M16" s="255"/>
+    </row>
+    <row r="17" spans="1:13" ht="21" customHeight="1">
+      <c r="A17" s="92" t="s">
+        <v>6</v>
+      </c>
+      <c r="M17" s="88"/>
+    </row>
+    <row r="18" spans="1:13" ht="81.75" customHeight="1">
+      <c r="A18" s="253" t="s">
+        <v>1395</v>
+      </c>
+      <c r="B18" s="254"/>
+      <c r="C18" s="254"/>
+      <c r="D18" s="254"/>
+      <c r="E18" s="254"/>
+      <c r="F18" s="254"/>
+      <c r="G18" s="254"/>
+      <c r="H18" s="254"/>
+      <c r="I18" s="254"/>
+      <c r="J18" s="254"/>
+      <c r="K18" s="254"/>
+      <c r="L18" s="254"/>
+      <c r="M18" s="255"/>
+    </row>
+    <row r="19" spans="1:13">
+      <c r="A19" s="87"/>
+      <c r="M19" s="88"/>
+    </row>
+    <row r="20" spans="1:13" ht="21" customHeight="1">
+      <c r="A20" s="92" t="s">
+        <v>7</v>
+      </c>
+      <c r="M20" s="88"/>
+    </row>
+    <row r="21" spans="1:13" ht="36.75" customHeight="1">
+      <c r="A21" s="253" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" s="254"/>
+      <c r="C21" s="254"/>
+      <c r="D21" s="254"/>
+      <c r="E21" s="254"/>
+      <c r="F21" s="254"/>
+      <c r="G21" s="254"/>
+      <c r="H21" s="254"/>
+      <c r="I21" s="254"/>
+      <c r="J21" s="254"/>
+      <c r="K21" s="254"/>
+      <c r="L21" s="254"/>
+      <c r="M21" s="255"/>
+    </row>
+    <row r="22" spans="1:13" ht="18" customHeight="1">
+      <c r="A22" s="92" t="s">
+        <v>9</v>
+      </c>
+      <c r="M22" s="88"/>
+    </row>
+    <row r="23" spans="1:13" ht="51" customHeight="1">
+      <c r="A23" s="253" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" s="254"/>
+      <c r="C23" s="254"/>
+      <c r="D23" s="254"/>
+      <c r="E23" s="254"/>
+      <c r="F23" s="254"/>
+      <c r="G23" s="254"/>
+      <c r="H23" s="254"/>
+      <c r="I23" s="254"/>
+      <c r="J23" s="254"/>
+      <c r="K23" s="254"/>
+      <c r="L23" s="254"/>
+      <c r="M23" s="255"/>
+    </row>
+    <row r="24" spans="1:13">
+      <c r="A24" s="93" t="s">
+        <v>11</v>
+      </c>
+      <c r="B24" s="234" t="s">
+        <v>12</v>
+      </c>
+      <c r="C24" s="234"/>
+      <c r="D24" s="234"/>
+      <c r="E24" s="234"/>
+      <c r="F24" s="234"/>
+      <c r="G24" s="234"/>
+      <c r="H24" s="234"/>
+      <c r="I24" s="234"/>
+      <c r="J24" s="234"/>
+      <c r="K24" s="234"/>
+      <c r="M24" s="88"/>
+    </row>
+    <row r="25" spans="1:13">
+      <c r="A25" s="93" t="s">
+        <v>13</v>
+      </c>
+      <c r="B25" s="240" t="s">
+        <v>14</v>
+      </c>
+      <c r="C25" s="240"/>
+      <c r="D25" s="240"/>
+      <c r="E25" s="240"/>
+      <c r="F25" s="240"/>
+      <c r="G25" s="240"/>
+      <c r="H25" s="240"/>
+      <c r="I25" s="240"/>
+      <c r="J25" s="240"/>
+      <c r="K25" s="240"/>
+      <c r="M25" s="88"/>
+    </row>
+    <row r="26" spans="1:13">
+      <c r="A26" s="93" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B26" s="240" t="s">
+        <v>1268</v>
+      </c>
+      <c r="C26" s="240"/>
+      <c r="D26" s="240"/>
+      <c r="E26" s="240"/>
+      <c r="F26" s="240"/>
+      <c r="G26" s="240"/>
+      <c r="H26" s="240"/>
+      <c r="I26" s="240"/>
+      <c r="J26" s="240"/>
+      <c r="K26" s="240"/>
+      <c r="M26" s="88"/>
+    </row>
+    <row r="27" spans="1:13">
+      <c r="A27" s="93" t="s">
+        <v>15</v>
+      </c>
+      <c r="B27" s="94" t="s">
+        <v>16</v>
+      </c>
+      <c r="C27" s="94"/>
+      <c r="D27" s="94"/>
+      <c r="E27" s="94"/>
+      <c r="F27" s="94"/>
+      <c r="G27" s="94"/>
+      <c r="H27" s="94"/>
+      <c r="I27" s="94"/>
+      <c r="J27" s="94"/>
+      <c r="K27" s="94"/>
+      <c r="M27" s="88"/>
+    </row>
+    <row r="28" spans="1:13">
+      <c r="A28" s="93" t="s">
         <v>17</v>
       </c>
-      <c r="B5" s="243"/>
-[...398 lines deleted...]
-      <c r="B28" s="75" t="s">
+      <c r="B28" s="22" t="s">
         <v>18</v>
       </c>
-      <c r="C28" s="75"/>
-[...27 lines deleted...]
-      <c r="A30" s="97" t="s">
+      <c r="M28" s="88"/>
+    </row>
+    <row r="29" spans="1:13">
+      <c r="A29" s="87"/>
+      <c r="M29" s="88"/>
+    </row>
+    <row r="30" spans="1:13" ht="15.75" customHeight="1">
+      <c r="A30" s="91" t="s">
         <v>19</v>
       </c>
-      <c r="B30" s="75"/>
-[...13 lines deleted...]
-      <c r="A31" s="270" t="s">
+      <c r="M30" s="88"/>
+    </row>
+    <row r="31" spans="1:13" ht="16.5" customHeight="1">
+      <c r="A31" s="251" t="s">
         <v>20</v>
       </c>
-      <c r="B31" s="271"/>
-[...178 lines deleted...]
-      <c r="A43" s="221" t="s">
+      <c r="B31" s="252"/>
+      <c r="C31" s="252"/>
+      <c r="D31" s="252"/>
+      <c r="E31" s="252"/>
+      <c r="F31" s="252"/>
+      <c r="G31" s="252"/>
+      <c r="H31" s="252"/>
+      <c r="I31" s="252"/>
+      <c r="J31" s="252"/>
+      <c r="K31" s="252"/>
+      <c r="M31" s="88"/>
+    </row>
+    <row r="32" spans="1:13">
+      <c r="A32" s="87"/>
+      <c r="M32" s="88"/>
+    </row>
+    <row r="33" spans="1:13">
+      <c r="A33" s="87"/>
+      <c r="M33" s="88"/>
+    </row>
+    <row r="34" spans="1:13">
+      <c r="A34" s="87"/>
+      <c r="M34" s="88"/>
+    </row>
+    <row r="35" spans="1:13">
+      <c r="A35" s="87"/>
+      <c r="M35" s="88"/>
+    </row>
+    <row r="36" spans="1:13">
+      <c r="A36" s="87"/>
+      <c r="M36" s="88"/>
+    </row>
+    <row r="37" spans="1:13">
+      <c r="A37" s="87"/>
+      <c r="M37" s="88"/>
+    </row>
+    <row r="38" spans="1:13">
+      <c r="A38" s="87"/>
+      <c r="M38" s="88"/>
+    </row>
+    <row r="39" spans="1:13">
+      <c r="A39" s="87"/>
+      <c r="M39" s="88"/>
+    </row>
+    <row r="40" spans="1:13">
+      <c r="A40" s="87"/>
+      <c r="M40" s="88"/>
+    </row>
+    <row r="41" spans="1:13">
+      <c r="A41" s="87"/>
+      <c r="M41" s="88"/>
+    </row>
+    <row r="42" spans="1:13">
+      <c r="A42" s="87"/>
+      <c r="M42" s="88"/>
+    </row>
+    <row r="43" spans="1:13" ht="51" customHeight="1" thickBot="1">
+      <c r="A43" s="206" t="s">
         <v>21</v>
       </c>
-      <c r="B43" s="222"/>
-[...10 lines deleted...]
-      <c r="M43" s="223"/>
+      <c r="B43" s="207"/>
+      <c r="C43" s="207"/>
+      <c r="D43" s="207"/>
+      <c r="E43" s="207"/>
+      <c r="F43" s="207"/>
+      <c r="G43" s="207"/>
+      <c r="H43" s="207"/>
+      <c r="I43" s="207"/>
+      <c r="J43" s="207"/>
+      <c r="K43" s="207"/>
+      <c r="L43" s="207"/>
+      <c r="M43" s="208"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="jCRRrufAyZ7SM1Cy/QjCliwdJtQ8FhKrhtwMESv0KYRxFVFPgtP6s6T5qJjaWdXvzpG7V5qpZy0/4VuDPCl/pw==" saltValue="ZxiN9doT4tpoZB2q5nwEzQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="r/PDvuAQZkBkxPfHAclNyj0A5q8/3l+vHgslIMeL6rFIc/XhKQHPXBg54FLVItPK9jO6qerSsOP5CGxXe8cnXw==" saltValue="huLVuV2WbcNHTLptbcZkgA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="24">
     <mergeCell ref="B25:K25"/>
     <mergeCell ref="B26:K26"/>
     <mergeCell ref="B24:K24"/>
     <mergeCell ref="A31:K31"/>
     <mergeCell ref="A16:M16"/>
     <mergeCell ref="A18:M18"/>
     <mergeCell ref="A21:M21"/>
     <mergeCell ref="A23:M23"/>
     <mergeCell ref="A43:M43"/>
     <mergeCell ref="A2:D3"/>
     <mergeCell ref="E2:I5"/>
     <mergeCell ref="J2:M3"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="J4:M4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="J5:M5"/>
     <mergeCell ref="A6:D6"/>
     <mergeCell ref="E6:I6"/>
     <mergeCell ref="J6:K6"/>
     <mergeCell ref="A7:D9"/>
     <mergeCell ref="E7:I9"/>
     <mergeCell ref="J7:M7"/>
     <mergeCell ref="J8:M8"/>
     <mergeCell ref="J9:M9"/>
   </mergeCells>
   <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K6" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>"Public, Internal, Confidential"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="64" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr codeName="Sheet7">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:R44"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A15" sqref="A15:K15"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="4" width="8.5703125" style="22" customWidth="1"/>
     <col min="5" max="10" width="12.5703125" style="22" customWidth="1"/>
     <col min="11" max="11" width="13.42578125" style="22" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="22"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-      <c r="E2" s="230" t="str">
+    <row r="1" spans="1:18" ht="13.5" thickBot="1">
+      <c r="A1" s="84"/>
+      <c r="B1" s="85"/>
+      <c r="C1" s="85"/>
+      <c r="D1" s="85"/>
+      <c r="E1" s="85"/>
+      <c r="F1" s="85"/>
+      <c r="G1" s="85"/>
+      <c r="H1" s="85"/>
+      <c r="I1" s="85"/>
+      <c r="J1" s="85"/>
+      <c r="K1" s="85"/>
+      <c r="L1" s="85"/>
+      <c r="M1" s="86"/>
+    </row>
+    <row r="2" spans="1:18" ht="30" customHeight="1">
+      <c r="A2" s="209"/>
+      <c r="B2" s="210"/>
+      <c r="C2" s="210"/>
+      <c r="D2" s="211"/>
+      <c r="E2" s="215" t="str">
         <f>'Front Page'!E2</f>
         <v>STD4160</v>
       </c>
-      <c r="F2" s="231"/>
-[...24 lines deleted...]
-      <c r="A4" s="239" t="s">
+      <c r="F2" s="216"/>
+      <c r="G2" s="216"/>
+      <c r="H2" s="216"/>
+      <c r="I2" s="217"/>
+      <c r="J2" s="209"/>
+      <c r="K2" s="211"/>
+      <c r="M2" s="88"/>
+    </row>
+    <row r="3" spans="1:18" ht="30" customHeight="1" thickBot="1">
+      <c r="A3" s="212"/>
+      <c r="B3" s="213"/>
+      <c r="C3" s="213"/>
+      <c r="D3" s="214"/>
+      <c r="E3" s="218"/>
+      <c r="F3" s="219"/>
+      <c r="G3" s="219"/>
+      <c r="H3" s="219"/>
+      <c r="I3" s="220"/>
+      <c r="J3" s="212"/>
+      <c r="K3" s="214"/>
+      <c r="M3" s="88"/>
+    </row>
+    <row r="4" spans="1:18" ht="30" customHeight="1">
+      <c r="A4" s="224" t="s">
         <v>1236</v>
       </c>
-      <c r="B4" s="240"/>
-[...7 lines deleted...]
-      <c r="J4" s="239" t="s">
+      <c r="B4" s="225"/>
+      <c r="C4" s="225"/>
+      <c r="D4" s="226"/>
+      <c r="E4" s="218"/>
+      <c r="F4" s="219"/>
+      <c r="G4" s="219"/>
+      <c r="H4" s="219"/>
+      <c r="I4" s="220"/>
+      <c r="J4" s="224" t="s">
         <v>1237</v>
       </c>
-      <c r="K4" s="226"/>
-[...4 lines deleted...]
-      <c r="A5" s="242">
+      <c r="K4" s="211"/>
+      <c r="M4" s="88"/>
+    </row>
+    <row r="5" spans="1:18" ht="30" customHeight="1" thickBot="1">
+      <c r="A5" s="227">
         <f>'Front Page'!A5</f>
-        <v>17</v>
-[...9 lines deleted...]
-      <c r="J5" s="242" t="str">
+        <v>18</v>
+      </c>
+      <c r="B5" s="228"/>
+      <c r="C5" s="228"/>
+      <c r="D5" s="229"/>
+      <c r="E5" s="221"/>
+      <c r="F5" s="222"/>
+      <c r="G5" s="222"/>
+      <c r="H5" s="222"/>
+      <c r="I5" s="223"/>
+      <c r="J5" s="227" t="str">
         <f>'Front Page'!J5</f>
         <v>Public</v>
       </c>
-      <c r="K5" s="238"/>
-[...49 lines deleted...]
-      <c r="A9" s="97" t="s">
+      <c r="K5" s="223"/>
+      <c r="M5" s="88"/>
+    </row>
+    <row r="6" spans="1:18" ht="14.25">
+      <c r="A6" s="87"/>
+      <c r="G6" s="72"/>
+      <c r="I6" s="73"/>
+      <c r="K6" s="74"/>
+      <c r="M6" s="88"/>
+    </row>
+    <row r="7" spans="1:18">
+      <c r="A7" s="95"/>
+      <c r="B7" s="75"/>
+      <c r="C7" s="75"/>
+      <c r="D7" s="75"/>
+      <c r="E7" s="75"/>
+      <c r="F7" s="75"/>
+      <c r="G7" s="75"/>
+      <c r="H7" s="75"/>
+      <c r="I7" s="75"/>
+      <c r="J7" s="75"/>
+      <c r="K7" s="75"/>
+      <c r="M7" s="88"/>
+    </row>
+    <row r="8" spans="1:18" ht="14.25">
+      <c r="A8" s="89"/>
+      <c r="B8" s="74"/>
+      <c r="M8" s="88"/>
+    </row>
+    <row r="9" spans="1:18" ht="21" customHeight="1">
+      <c r="A9" s="91" t="s">
         <v>22</v>
       </c>
-      <c r="B9" s="75"/>
-[...13 lines deleted...]
-      <c r="A10" s="275" t="s">
+      <c r="M9" s="88"/>
+    </row>
+    <row r="10" spans="1:18" ht="85.5" customHeight="1">
+      <c r="A10" s="253" t="s">
         <v>1338</v>
       </c>
-      <c r="B10" s="276"/>
-[...70 lines deleted...]
-      <c r="M14" s="94"/>
+      <c r="B10" s="256"/>
+      <c r="C10" s="256"/>
+      <c r="D10" s="256"/>
+      <c r="E10" s="256"/>
+      <c r="F10" s="256"/>
+      <c r="G10" s="256"/>
+      <c r="H10" s="256"/>
+      <c r="I10" s="256"/>
+      <c r="J10" s="256"/>
+      <c r="K10" s="256"/>
+      <c r="M10" s="88"/>
+    </row>
+    <row r="11" spans="1:18" ht="16.5" customHeight="1">
+      <c r="A11" s="96"/>
+      <c r="M11" s="88"/>
+    </row>
+    <row r="12" spans="1:18">
+      <c r="A12" s="251"/>
+      <c r="B12" s="252"/>
+      <c r="C12" s="252"/>
+      <c r="D12" s="252"/>
+      <c r="E12" s="252"/>
+      <c r="F12" s="252"/>
+      <c r="G12" s="252"/>
+      <c r="H12" s="252"/>
+      <c r="I12" s="252"/>
+      <c r="J12" s="252"/>
+      <c r="K12" s="252"/>
+      <c r="M12" s="88"/>
+    </row>
+    <row r="13" spans="1:18">
+      <c r="A13" s="87"/>
+      <c r="M13" s="88"/>
+    </row>
+    <row r="14" spans="1:18" ht="21" customHeight="1">
+      <c r="A14" s="87"/>
+      <c r="M14" s="88"/>
       <c r="R14" s="25"/>
     </row>
-    <row r="15" spans="1:18" ht="124.5" customHeight="1" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="A16" s="103" t="s">
+    <row r="15" spans="1:18" ht="124.5" customHeight="1">
+      <c r="A15" s="253"/>
+      <c r="B15" s="254"/>
+      <c r="C15" s="254"/>
+      <c r="D15" s="254"/>
+      <c r="E15" s="254"/>
+      <c r="F15" s="254"/>
+      <c r="G15" s="254"/>
+      <c r="H15" s="254"/>
+      <c r="I15" s="254"/>
+      <c r="J15" s="254"/>
+      <c r="K15" s="254"/>
+      <c r="M15" s="88"/>
+    </row>
+    <row r="16" spans="1:18" ht="21" customHeight="1">
+      <c r="A16" s="97" t="s">
         <v>35</v>
       </c>
-      <c r="B16" s="75"/>
-[...13 lines deleted...]
-      <c r="A17" s="221" t="s">
+      <c r="M16" s="88"/>
+    </row>
+    <row r="17" spans="1:13" ht="56.25" customHeight="1" thickBot="1">
+      <c r="A17" s="206" t="s">
         <v>21</v>
       </c>
-      <c r="B17" s="222"/>
-[...12 lines deleted...]
-    <row r="19" spans="1:13" ht="21" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B17" s="207"/>
+      <c r="C17" s="207"/>
+      <c r="D17" s="207"/>
+      <c r="E17" s="207"/>
+      <c r="F17" s="207"/>
+      <c r="G17" s="207"/>
+      <c r="H17" s="207"/>
+      <c r="I17" s="207"/>
+      <c r="J17" s="207"/>
+      <c r="K17" s="207"/>
+      <c r="L17" s="207"/>
+      <c r="M17" s="208"/>
+    </row>
+    <row r="19" spans="1:13" ht="21" customHeight="1">
       <c r="A19" s="23"/>
     </row>
-    <row r="20" spans="1:13" ht="36.75" customHeight="1" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-    <row r="21" spans="1:13" ht="18" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="20" spans="1:13" ht="36.75" customHeight="1">
+      <c r="A20" s="254"/>
+      <c r="B20" s="259"/>
+      <c r="C20" s="259"/>
+      <c r="D20" s="259"/>
+      <c r="E20" s="259"/>
+      <c r="F20" s="259"/>
+      <c r="G20" s="259"/>
+      <c r="H20" s="259"/>
+      <c r="I20" s="259"/>
+      <c r="J20" s="259"/>
+      <c r="K20" s="259"/>
+    </row>
+    <row r="21" spans="1:13" ht="18" customHeight="1">
       <c r="A21" s="23"/>
     </row>
-    <row r="22" spans="1:13" ht="51" customHeight="1" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-    <row r="23" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="22" spans="1:13" ht="51" customHeight="1">
+      <c r="A22" s="254"/>
+      <c r="B22" s="254"/>
+      <c r="C22" s="254"/>
+      <c r="D22" s="254"/>
+      <c r="E22" s="254"/>
+      <c r="F22" s="254"/>
+      <c r="G22" s="254"/>
+      <c r="H22" s="254"/>
+      <c r="I22" s="254"/>
+      <c r="J22" s="254"/>
+      <c r="K22" s="254"/>
+    </row>
+    <row r="23" spans="1:13">
       <c r="A23" s="24"/>
-      <c r="B23" s="281"/>
-[...10 lines deleted...]
-    <row r="24" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="B23" s="252"/>
+      <c r="C23" s="252"/>
+      <c r="D23" s="252"/>
+      <c r="E23" s="252"/>
+      <c r="F23" s="252"/>
+      <c r="G23" s="252"/>
+      <c r="H23" s="252"/>
+      <c r="I23" s="252"/>
+      <c r="J23" s="252"/>
+      <c r="K23" s="252"/>
+    </row>
+    <row r="24" spans="1:13">
       <c r="A24" s="24"/>
-      <c r="B24" s="277"/>
-[...10 lines deleted...]
-    <row r="25" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="B24" s="257"/>
+      <c r="C24" s="257"/>
+      <c r="D24" s="257"/>
+      <c r="E24" s="257"/>
+      <c r="F24" s="257"/>
+      <c r="G24" s="257"/>
+      <c r="H24" s="257"/>
+      <c r="I24" s="257"/>
+      <c r="J24" s="257"/>
+      <c r="K24" s="257"/>
+    </row>
+    <row r="25" spans="1:13">
       <c r="A25" s="24"/>
-      <c r="B25" s="277"/>
-[...22 lines deleted...]
-      <c r="K44" s="278"/>
+      <c r="B25" s="257"/>
+      <c r="C25" s="257"/>
+      <c r="D25" s="257"/>
+      <c r="E25" s="257"/>
+      <c r="F25" s="257"/>
+      <c r="G25" s="257"/>
+      <c r="H25" s="257"/>
+      <c r="I25" s="257"/>
+      <c r="J25" s="257"/>
+      <c r="K25" s="257"/>
+    </row>
+    <row r="41" spans="1:11" ht="15" customHeight="1"/>
+    <row r="44" spans="1:11">
+      <c r="A44" s="258"/>
+      <c r="B44" s="258"/>
+      <c r="C44" s="258"/>
+      <c r="D44" s="258"/>
+      <c r="E44" s="258"/>
+      <c r="F44" s="258"/>
+      <c r="G44" s="258"/>
+      <c r="H44" s="258"/>
+      <c r="I44" s="258"/>
+      <c r="J44" s="258"/>
+      <c r="K44" s="258"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="dVWfdPzsKydMaxQXNWU6Bu/2RfDE2/DfgGj+5IwJNyzxCuJ9qTTnZ0CAobocCRaLEKeTBu533qqnmj8rWkm1Iw==" saltValue="u8fl14LjLs5zhrB/xZyh1A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="ne5bIWGV1wZyC+WyiY8XeMnnNLZuxROEfQjjfYsq4BQi8TzEnqHb94xi1GZYpI9jhxvpyHmDWNLrcxWTQtMCyQ==" saltValue="UvnWL5c8UQ76Cpm+ArGImw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="17">
     <mergeCell ref="A2:D3"/>
     <mergeCell ref="E2:I5"/>
     <mergeCell ref="J2:K3"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="J4:K4"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="J5:K5"/>
     <mergeCell ref="A10:K10"/>
     <mergeCell ref="B25:K25"/>
     <mergeCell ref="A44:K44"/>
     <mergeCell ref="A15:K15"/>
     <mergeCell ref="A20:K20"/>
     <mergeCell ref="A22:K22"/>
     <mergeCell ref="B23:K23"/>
     <mergeCell ref="B24:K24"/>
     <mergeCell ref="A12:K12"/>
     <mergeCell ref="A17:M17"/>
   </mergeCells>
   <dataValidations disablePrompts="1" count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K6" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"Public, Internal, Confidential"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="72" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C@Scania CV AB</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Q44"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="A7" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+    <sheetView showGridLines="0" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="M19" sqref="M19"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="4" width="8.5703125" style="22" customWidth="1"/>
     <col min="5" max="11" width="12.5703125" style="22" customWidth="1"/>
     <col min="12" max="16384" width="9.140625" style="22"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="12.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-      <c r="E2" s="230" t="str">
+    <row r="1" spans="1:17" ht="12.6" customHeight="1" thickBot="1">
+      <c r="A1" s="84"/>
+      <c r="B1" s="85"/>
+      <c r="C1" s="85"/>
+      <c r="D1" s="85"/>
+      <c r="E1" s="98"/>
+      <c r="F1" s="68"/>
+      <c r="G1" s="68"/>
+      <c r="H1" s="68"/>
+      <c r="I1" s="68"/>
+      <c r="J1" s="85"/>
+      <c r="K1" s="85"/>
+      <c r="L1" s="85"/>
+      <c r="M1" s="86"/>
+    </row>
+    <row r="2" spans="1:17" ht="30" customHeight="1">
+      <c r="A2" s="209"/>
+      <c r="B2" s="210"/>
+      <c r="C2" s="210"/>
+      <c r="D2" s="211"/>
+      <c r="E2" s="215" t="str">
         <f>'Front Page'!E2</f>
         <v>STD4160</v>
       </c>
-      <c r="F2" s="231"/>
-[...24 lines deleted...]
-      <c r="A4" s="239" t="s">
+      <c r="F2" s="216"/>
+      <c r="G2" s="216"/>
+      <c r="H2" s="216"/>
+      <c r="I2" s="217"/>
+      <c r="J2" s="209"/>
+      <c r="K2" s="211"/>
+      <c r="M2" s="88"/>
+    </row>
+    <row r="3" spans="1:17" ht="29.45" customHeight="1" thickBot="1">
+      <c r="A3" s="212"/>
+      <c r="B3" s="213"/>
+      <c r="C3" s="213"/>
+      <c r="D3" s="214"/>
+      <c r="E3" s="218"/>
+      <c r="F3" s="219"/>
+      <c r="G3" s="219"/>
+      <c r="H3" s="219"/>
+      <c r="I3" s="220"/>
+      <c r="J3" s="212"/>
+      <c r="K3" s="214"/>
+      <c r="M3" s="88"/>
+    </row>
+    <row r="4" spans="1:17" ht="30.6" customHeight="1">
+      <c r="A4" s="224" t="s">
         <v>1236</v>
       </c>
-      <c r="B4" s="240"/>
-[...7 lines deleted...]
-      <c r="J4" s="239" t="s">
+      <c r="B4" s="225"/>
+      <c r="C4" s="225"/>
+      <c r="D4" s="226"/>
+      <c r="E4" s="218"/>
+      <c r="F4" s="219"/>
+      <c r="G4" s="219"/>
+      <c r="H4" s="219"/>
+      <c r="I4" s="220"/>
+      <c r="J4" s="224" t="s">
         <v>1237</v>
       </c>
-      <c r="K4" s="226"/>
-[...4 lines deleted...]
-      <c r="A5" s="242">
+      <c r="K4" s="211"/>
+      <c r="M4" s="88"/>
+    </row>
+    <row r="5" spans="1:17" ht="30" customHeight="1" thickBot="1">
+      <c r="A5" s="227">
         <f>'Front Page'!A5</f>
-        <v>17</v>
-[...9 lines deleted...]
-      <c r="J5" s="242" t="str">
+        <v>18</v>
+      </c>
+      <c r="B5" s="228"/>
+      <c r="C5" s="228"/>
+      <c r="D5" s="229"/>
+      <c r="E5" s="221"/>
+      <c r="F5" s="222"/>
+      <c r="G5" s="222"/>
+      <c r="H5" s="222"/>
+      <c r="I5" s="223"/>
+      <c r="J5" s="227" t="str">
         <f>'Front Page'!J5</f>
         <v>Public</v>
       </c>
-      <c r="K5" s="238"/>
-[...49 lines deleted...]
-      <c r="A9" s="97" t="s">
+      <c r="K5" s="223"/>
+      <c r="M5" s="88"/>
+    </row>
+    <row r="6" spans="1:17" ht="14.25">
+      <c r="A6" s="87"/>
+      <c r="E6" s="72"/>
+      <c r="G6" s="73"/>
+      <c r="I6" s="74"/>
+      <c r="M6" s="88"/>
+    </row>
+    <row r="7" spans="1:17">
+      <c r="A7" s="95"/>
+      <c r="B7" s="75"/>
+      <c r="C7" s="75"/>
+      <c r="D7" s="75"/>
+      <c r="E7" s="75"/>
+      <c r="F7" s="75"/>
+      <c r="G7" s="75"/>
+      <c r="H7" s="75"/>
+      <c r="I7" s="75"/>
+      <c r="M7" s="88"/>
+    </row>
+    <row r="8" spans="1:17" ht="14.25">
+      <c r="A8" s="89"/>
+      <c r="B8" s="74"/>
+      <c r="M8" s="88"/>
+    </row>
+    <row r="9" spans="1:17" ht="21" customHeight="1">
+      <c r="A9" s="91" t="s">
         <v>23</v>
       </c>
-      <c r="B9" s="75"/>
-[...13 lines deleted...]
-      <c r="A10" s="275" t="s">
+      <c r="M9" s="88"/>
+    </row>
+    <row r="10" spans="1:17" ht="186.6" customHeight="1">
+      <c r="A10" s="253" t="s">
         <v>1336</v>
       </c>
-      <c r="B10" s="283"/>
-[...14 lines deleted...]
-      <c r="B11" s="282" t="s">
+      <c r="B10" s="254"/>
+      <c r="C10" s="254"/>
+      <c r="D10" s="254"/>
+      <c r="E10" s="254"/>
+      <c r="F10" s="254"/>
+      <c r="G10" s="254"/>
+      <c r="H10" s="254"/>
+      <c r="I10" s="254"/>
+      <c r="J10" s="254"/>
+      <c r="K10" s="254"/>
+      <c r="M10" s="88"/>
+    </row>
+    <row r="11" spans="1:17" ht="16.5" customHeight="1">
+      <c r="A11" s="90"/>
+      <c r="B11" s="260" t="s">
         <v>24</v>
       </c>
-      <c r="C11" s="282"/>
-[...13 lines deleted...]
-      <c r="B12" s="297" t="s">
+      <c r="C11" s="260"/>
+      <c r="D11" s="260"/>
+      <c r="E11" s="260"/>
+      <c r="F11" s="260"/>
+      <c r="M11" s="88"/>
+    </row>
+    <row r="12" spans="1:17" ht="45" customHeight="1">
+      <c r="A12" s="90"/>
+      <c r="B12" s="273" t="s">
         <v>25</v>
       </c>
-      <c r="C12" s="297"/>
-      <c r="D12" s="299" t="s">
+      <c r="C12" s="273"/>
+      <c r="D12" s="274" t="s">
         <v>26</v>
       </c>
-      <c r="E12" s="299"/>
-[...14 lines deleted...]
-      <c r="B13" s="289" t="s">
+      <c r="E12" s="274"/>
+      <c r="F12" s="274"/>
+      <c r="G12" s="99"/>
+      <c r="H12" s="99"/>
+      <c r="I12" s="99"/>
+      <c r="M12" s="88"/>
+      <c r="O12" s="272"/>
+      <c r="P12" s="272"/>
+      <c r="Q12" s="272"/>
+    </row>
+    <row r="13" spans="1:17" ht="27.75" customHeight="1">
+      <c r="A13" s="100"/>
+      <c r="B13" s="265" t="s">
         <v>27</v>
       </c>
-      <c r="C13" s="289"/>
-      <c r="D13" s="288" t="s">
+      <c r="C13" s="265"/>
+      <c r="D13" s="264" t="s">
         <v>28</v>
       </c>
-      <c r="E13" s="288"/>
-[...8 lines deleted...]
-      <c r="O13" s="300"/>
+      <c r="E13" s="264"/>
+      <c r="F13" s="264"/>
+      <c r="G13" s="11"/>
+      <c r="H13" s="11"/>
+      <c r="I13" s="11"/>
+      <c r="J13" s="74"/>
+      <c r="M13" s="88"/>
+      <c r="O13" s="275"/>
       <c r="P13" s="26"/>
-      <c r="Q13" s="300"/>
-[...3 lines deleted...]
-      <c r="B14" s="289" t="s">
+      <c r="Q13" s="275"/>
+    </row>
+    <row r="14" spans="1:17" ht="21" customHeight="1">
+      <c r="A14" s="100"/>
+      <c r="B14" s="265" t="s">
         <v>29</v>
       </c>
-      <c r="C14" s="289"/>
-      <c r="D14" s="290" t="s">
+      <c r="C14" s="265"/>
+      <c r="D14" s="266" t="s">
         <v>30</v>
       </c>
-      <c r="E14" s="291"/>
-[...8 lines deleted...]
-      <c r="O14" s="300"/>
+      <c r="E14" s="267"/>
+      <c r="F14" s="268"/>
+      <c r="G14" s="11"/>
+      <c r="H14" s="11"/>
+      <c r="I14" s="11"/>
+      <c r="J14" s="74"/>
+      <c r="M14" s="88"/>
+      <c r="O14" s="275"/>
       <c r="P14" s="26"/>
-      <c r="Q14" s="300"/>
-[...3 lines deleted...]
-      <c r="B15" s="289" t="s">
+      <c r="Q14" s="275"/>
+    </row>
+    <row r="15" spans="1:17" ht="36.75" customHeight="1">
+      <c r="A15" s="100"/>
+      <c r="B15" s="265" t="s">
         <v>31</v>
       </c>
-      <c r="C15" s="289"/>
-      <c r="D15" s="293" t="s">
+      <c r="C15" s="265"/>
+      <c r="D15" s="269" t="s">
         <v>32</v>
       </c>
-      <c r="E15" s="294"/>
-[...7 lines deleted...]
-      <c r="M15" s="94"/>
+      <c r="E15" s="270"/>
+      <c r="F15" s="271"/>
+      <c r="G15" s="11"/>
+      <c r="H15" s="11"/>
+      <c r="I15" s="11"/>
+      <c r="J15" s="74"/>
+      <c r="M15" s="88"/>
       <c r="O15" s="27"/>
       <c r="P15" s="27"/>
       <c r="Q15" s="27"/>
     </row>
-    <row r="16" spans="1:17" ht="14.25" customHeight="1" x14ac:dyDescent="0.2">
-[...12 lines deleted...]
-      <c r="M16" s="94"/>
+    <row r="16" spans="1:17" ht="14.25" customHeight="1">
+      <c r="A16" s="101"/>
+      <c r="B16" s="74"/>
+      <c r="C16" s="74"/>
+      <c r="D16" s="74"/>
+      <c r="E16" s="74"/>
+      <c r="F16" s="74"/>
+      <c r="G16" s="74"/>
+      <c r="H16" s="74"/>
+      <c r="I16" s="74"/>
+      <c r="J16" s="74"/>
+      <c r="M16" s="88"/>
       <c r="O16" s="27"/>
       <c r="P16" s="27"/>
       <c r="Q16" s="27"/>
     </row>
-    <row r="17" spans="1:17" ht="16.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A17" s="272" t="s">
+    <row r="17" spans="1:17" ht="16.5" customHeight="1">
+      <c r="A17" s="253" t="s">
         <v>33</v>
       </c>
-      <c r="B17" s="298"/>
-[...10 lines deleted...]
-      <c r="M17" s="94"/>
+      <c r="B17" s="259"/>
+      <c r="C17" s="259"/>
+      <c r="D17" s="259"/>
+      <c r="E17" s="259"/>
+      <c r="F17" s="259"/>
+      <c r="G17" s="259"/>
+      <c r="H17" s="259"/>
+      <c r="I17" s="259"/>
+      <c r="J17" s="74"/>
+      <c r="M17" s="88"/>
       <c r="O17" s="27"/>
       <c r="P17" s="27"/>
       <c r="Q17" s="27"/>
     </row>
-    <row r="18" spans="1:17" x14ac:dyDescent="0.2">
-[...15 lines deleted...]
-      <c r="A19" s="286" t="s">
+    <row r="18" spans="1:17">
+      <c r="A18" s="87"/>
+      <c r="M18" s="88"/>
+    </row>
+    <row r="19" spans="1:17" ht="64.5" customHeight="1">
+      <c r="A19" s="262" t="s">
         <v>34</v>
       </c>
-      <c r="B19" s="287"/>
-[...28 lines deleted...]
-      <c r="A21" s="103" t="s">
+      <c r="B19" s="263"/>
+      <c r="C19" s="263"/>
+      <c r="D19" s="263"/>
+      <c r="E19" s="263"/>
+      <c r="F19" s="263"/>
+      <c r="G19" s="263"/>
+      <c r="M19" s="88"/>
+    </row>
+    <row r="20" spans="1:17" ht="20.25" customHeight="1">
+      <c r="A20" s="251"/>
+      <c r="B20" s="252"/>
+      <c r="C20" s="252"/>
+      <c r="D20" s="252"/>
+      <c r="E20" s="252"/>
+      <c r="F20" s="252"/>
+      <c r="G20" s="252"/>
+      <c r="H20" s="252"/>
+      <c r="I20" s="252"/>
+      <c r="J20" s="252"/>
+      <c r="K20" s="252"/>
+      <c r="M20" s="88"/>
+    </row>
+    <row r="21" spans="1:17" ht="18" customHeight="1">
+      <c r="A21" s="97" t="s">
         <v>1337</v>
       </c>
-      <c r="B21" s="75"/>
-[...118 lines deleted...]
-      <c r="A29" s="221" t="s">
+      <c r="M21" s="88"/>
+    </row>
+    <row r="22" spans="1:17" ht="51" customHeight="1">
+      <c r="A22" s="253"/>
+      <c r="B22" s="254"/>
+      <c r="C22" s="254"/>
+      <c r="D22" s="254"/>
+      <c r="E22" s="254"/>
+      <c r="F22" s="254"/>
+      <c r="G22" s="254"/>
+      <c r="H22" s="254"/>
+      <c r="I22" s="254"/>
+      <c r="M22" s="88"/>
+    </row>
+    <row r="23" spans="1:17">
+      <c r="A23" s="93"/>
+      <c r="B23" s="252"/>
+      <c r="C23" s="252"/>
+      <c r="D23" s="252"/>
+      <c r="E23" s="252"/>
+      <c r="F23" s="252"/>
+      <c r="G23" s="252"/>
+      <c r="H23" s="252"/>
+      <c r="I23" s="252"/>
+      <c r="M23" s="88"/>
+    </row>
+    <row r="24" spans="1:17">
+      <c r="A24" s="93"/>
+      <c r="B24" s="257"/>
+      <c r="C24" s="257"/>
+      <c r="D24" s="257"/>
+      <c r="E24" s="257"/>
+      <c r="F24" s="257"/>
+      <c r="G24" s="257"/>
+      <c r="H24" s="257"/>
+      <c r="I24" s="257"/>
+      <c r="M24" s="88"/>
+    </row>
+    <row r="25" spans="1:17">
+      <c r="A25" s="93"/>
+      <c r="B25" s="257"/>
+      <c r="C25" s="257"/>
+      <c r="D25" s="257"/>
+      <c r="E25" s="257"/>
+      <c r="F25" s="257"/>
+      <c r="G25" s="257"/>
+      <c r="H25" s="257"/>
+      <c r="I25" s="257"/>
+      <c r="M25" s="88"/>
+    </row>
+    <row r="26" spans="1:17">
+      <c r="A26" s="87"/>
+      <c r="M26" s="88"/>
+    </row>
+    <row r="27" spans="1:17">
+      <c r="A27" s="87"/>
+      <c r="M27" s="88"/>
+    </row>
+    <row r="28" spans="1:17">
+      <c r="A28" s="87"/>
+      <c r="M28" s="88"/>
+    </row>
+    <row r="29" spans="1:17" ht="54.95" customHeight="1" thickBot="1">
+      <c r="A29" s="206" t="s">
         <v>21</v>
       </c>
-      <c r="B29" s="222"/>
-[...22 lines deleted...]
-      <c r="I44" s="285"/>
+      <c r="B29" s="207"/>
+      <c r="C29" s="207"/>
+      <c r="D29" s="207"/>
+      <c r="E29" s="207"/>
+      <c r="F29" s="207"/>
+      <c r="G29" s="207"/>
+      <c r="H29" s="207"/>
+      <c r="I29" s="207"/>
+      <c r="J29" s="207"/>
+      <c r="K29" s="207"/>
+      <c r="L29" s="207"/>
+      <c r="M29" s="208"/>
+    </row>
+    <row r="41" spans="1:9" ht="15" customHeight="1"/>
+    <row r="44" spans="1:9">
+      <c r="A44" s="261"/>
+      <c r="B44" s="261"/>
+      <c r="C44" s="261"/>
+      <c r="D44" s="261"/>
+      <c r="E44" s="261"/>
+      <c r="F44" s="261"/>
+      <c r="G44" s="261"/>
+      <c r="H44" s="261"/>
+      <c r="I44" s="261"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="SfvFXKqdDsA8ZNz4ZooPrDdHevo6ca9+DzN0+woCT7Fx9rk9XldgvCMm9o3gVCCjLrE04q8qD6e6l2tQ1ZNGnA==" saltValue="lpfpB0VvnTCmjtE8pX22zw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="iopx8sa2Igdc6ejxk6RXD6+5fFyckD//gb/g8pT6ceGIZxhA2ypcW/zC99RMXcAHe/+bBwQrDu/Bya8H84xieg==" saltValue="/4KFtQiMuXZvx955Best1A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="29">
     <mergeCell ref="O12:Q12"/>
     <mergeCell ref="B12:C12"/>
     <mergeCell ref="A17:I17"/>
     <mergeCell ref="D12:F12"/>
     <mergeCell ref="B13:C13"/>
     <mergeCell ref="O13:O14"/>
     <mergeCell ref="Q13:Q14"/>
     <mergeCell ref="B11:F11"/>
     <mergeCell ref="A10:K10"/>
     <mergeCell ref="B24:I24"/>
     <mergeCell ref="B25:I25"/>
     <mergeCell ref="A44:I44"/>
     <mergeCell ref="A22:I22"/>
     <mergeCell ref="B23:I23"/>
     <mergeCell ref="A19:G19"/>
     <mergeCell ref="D13:F13"/>
     <mergeCell ref="B15:C15"/>
     <mergeCell ref="B14:C14"/>
     <mergeCell ref="D14:F14"/>
     <mergeCell ref="D15:F15"/>
     <mergeCell ref="A20:K20"/>
     <mergeCell ref="A29:M29"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="J4:K4"/>
     <mergeCell ref="A2:D3"/>
     <mergeCell ref="E2:I5"/>
     <mergeCell ref="J2:K3"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="J5:K5"/>
   </mergeCells>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I6" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"Public, Internal, Confidential"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="72" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C@Scania CV AB</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr codeName="Sheet5">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:AC348"/>
+  <dimension ref="A1:AC349"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="B1" zoomScaleNormal="100" workbookViewId="0">
-[...1 lines deleted...]
-      <selection pane="bottomLeft" activeCell="L339" sqref="L339"/>
+    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+      <pane ySplit="18" topLeftCell="A224" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="A344" sqref="A344"/>
+      <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="31.42578125" style="2" customWidth="1"/>
     <col min="2" max="2" width="38.85546875" style="2" customWidth="1"/>
     <col min="3" max="3" width="14.85546875" style="3" customWidth="1"/>
     <col min="4" max="4" width="11.42578125" style="2" customWidth="1"/>
     <col min="5" max="5" width="13.140625" style="2" customWidth="1"/>
     <col min="6" max="6" width="43.140625" style="2" customWidth="1"/>
     <col min="7" max="7" width="41.140625" style="2" customWidth="1"/>
     <col min="8" max="8" width="10.5703125" style="2" customWidth="1"/>
     <col min="9" max="9" width="15.85546875" style="3" customWidth="1"/>
     <col min="10" max="10" width="13" style="3" customWidth="1"/>
     <col min="11" max="11" width="14.140625" style="2" customWidth="1"/>
     <col min="12" max="12" width="32.42578125" style="2" customWidth="1"/>
     <col min="13" max="13" width="30" style="2" customWidth="1"/>
     <col min="14" max="14" width="82.42578125" style="2" customWidth="1"/>
     <col min="15" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:29" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
-[...2 lines deleted...]
-      <c r="B2" s="307" t="str">
+    <row r="1" spans="1:29" ht="13.5" thickBot="1"/>
+    <row r="2" spans="1:29">
+      <c r="A2" s="204"/>
+      <c r="B2" s="282" t="str">
         <f>'Front Page'!E2</f>
         <v>STD4160</v>
       </c>
-      <c r="C2" s="308"/>
-[...42 lines deleted...]
-      <c r="A5" s="84" t="str">
+      <c r="C2" s="283"/>
+      <c r="D2" s="283"/>
+      <c r="E2" s="283"/>
+      <c r="F2" s="283"/>
+      <c r="G2" s="283"/>
+      <c r="H2" s="283"/>
+      <c r="I2" s="283"/>
+      <c r="J2" s="283"/>
+      <c r="K2" s="283"/>
+      <c r="L2" s="284"/>
+      <c r="M2" s="280"/>
+    </row>
+    <row r="3" spans="1:29">
+      <c r="A3" s="205" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B3" s="285"/>
+      <c r="C3" s="286"/>
+      <c r="D3" s="286"/>
+      <c r="E3" s="286"/>
+      <c r="F3" s="286"/>
+      <c r="G3" s="286"/>
+      <c r="H3" s="286"/>
+      <c r="I3" s="286"/>
+      <c r="J3" s="286"/>
+      <c r="K3" s="286"/>
+      <c r="L3" s="287"/>
+      <c r="M3" s="281"/>
+    </row>
+    <row r="4" spans="1:29" ht="13.5" thickBot="1">
+      <c r="A4" s="295">
+        <v>46091</v>
+      </c>
+      <c r="B4" s="285"/>
+      <c r="C4" s="286"/>
+      <c r="D4" s="286"/>
+      <c r="E4" s="286"/>
+      <c r="F4" s="286"/>
+      <c r="G4" s="286"/>
+      <c r="H4" s="286"/>
+      <c r="I4" s="286"/>
+      <c r="J4" s="286"/>
+      <c r="K4" s="286"/>
+      <c r="L4" s="287"/>
+      <c r="M4" s="281"/>
+    </row>
+    <row r="5" spans="1:29" ht="13.5" thickBot="1">
+      <c r="A5" s="78" t="str">
         <f>'Front Page'!A4</f>
         <v>Revision</v>
       </c>
-      <c r="B5" s="313" t="s">
+      <c r="B5" s="286" t="s">
         <v>1306</v>
       </c>
-      <c r="C5" s="313"/>
-[...26 lines deleted...]
-      <c r="M6" s="82" t="str">
+      <c r="C5" s="286"/>
+      <c r="D5" s="286"/>
+      <c r="E5" s="286"/>
+      <c r="F5" s="286"/>
+      <c r="G5" s="286"/>
+      <c r="H5" s="286"/>
+      <c r="I5" s="286"/>
+      <c r="J5" s="286"/>
+      <c r="K5" s="286"/>
+      <c r="L5" s="287"/>
+      <c r="M5" s="281"/>
+    </row>
+    <row r="6" spans="1:29">
+      <c r="A6" s="278">
+        <v>18</v>
+      </c>
+      <c r="B6" s="286"/>
+      <c r="C6" s="286"/>
+      <c r="D6" s="286"/>
+      <c r="E6" s="286"/>
+      <c r="F6" s="286"/>
+      <c r="G6" s="286"/>
+      <c r="H6" s="286"/>
+      <c r="I6" s="286"/>
+      <c r="J6" s="286"/>
+      <c r="K6" s="286"/>
+      <c r="L6" s="287"/>
+      <c r="M6" s="76" t="str">
         <f>'Front Page'!J4</f>
         <v>Info class</v>
       </c>
     </row>
-    <row r="7" spans="1:29" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-[...12 lines deleted...]
-      <c r="M7" s="83" t="str">
+    <row r="7" spans="1:29" ht="13.5" thickBot="1">
+      <c r="A7" s="279"/>
+      <c r="B7" s="288"/>
+      <c r="C7" s="288"/>
+      <c r="D7" s="288"/>
+      <c r="E7" s="288"/>
+      <c r="F7" s="288"/>
+      <c r="G7" s="288"/>
+      <c r="H7" s="288"/>
+      <c r="I7" s="288"/>
+      <c r="J7" s="288"/>
+      <c r="K7" s="288"/>
+      <c r="L7" s="289"/>
+      <c r="M7" s="77" t="str">
         <f>'Front Page'!J5</f>
         <v>Public</v>
       </c>
     </row>
-    <row r="8" spans="1:29" x14ac:dyDescent="0.2">
+    <row r="8" spans="1:29">
       <c r="A8" s="17"/>
-      <c r="B8" s="80"/>
-[...8 lines deleted...]
-      <c r="K8" s="81"/>
+      <c r="B8" s="13"/>
+      <c r="C8" s="14"/>
+      <c r="D8" s="13"/>
+      <c r="E8" s="13"/>
+      <c r="F8" s="13"/>
+      <c r="G8" s="13"/>
+      <c r="H8" s="13"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="14"/>
+      <c r="K8" s="14"/>
       <c r="L8" s="13"/>
       <c r="M8" s="16"/>
     </row>
-    <row r="9" spans="1:29" s="4" customFormat="1" ht="35.25" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:29" s="4" customFormat="1" ht="35.25" customHeight="1">
       <c r="A9" s="12"/>
-      <c r="B9" s="301" t="s">
+      <c r="B9" s="276" t="s">
         <v>1167</v>
       </c>
-      <c r="C9" s="302"/>
-[...2 lines deleted...]
-      <c r="F9" s="302"/>
+      <c r="C9" s="277"/>
+      <c r="D9" s="277"/>
+      <c r="E9" s="277"/>
+      <c r="F9" s="277"/>
       <c r="G9" s="13"/>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
       <c r="J9" s="13"/>
       <c r="K9" s="13"/>
       <c r="L9" s="33"/>
       <c r="M9" s="16"/>
       <c r="N9" s="9"/>
       <c r="O9" s="10"/>
       <c r="P9" s="10"/>
       <c r="Q9" s="10"/>
       <c r="R9" s="10"/>
       <c r="S9" s="10"/>
       <c r="T9" s="10"/>
       <c r="U9" s="10"/>
       <c r="V9" s="10"/>
       <c r="W9" s="10"/>
       <c r="X9" s="10"/>
       <c r="Y9" s="10"/>
       <c r="Z9" s="10"/>
       <c r="AA9" s="10"/>
       <c r="AB9" s="10"/>
       <c r="AC9" s="10"/>
     </row>
-    <row r="10" spans="1:29" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:29">
       <c r="A10" s="28"/>
       <c r="B10" s="13"/>
       <c r="C10" s="13"/>
       <c r="D10" s="13"/>
       <c r="E10" s="13"/>
       <c r="F10" s="13"/>
       <c r="G10" s="13"/>
       <c r="H10" s="13"/>
       <c r="I10" s="13"/>
       <c r="J10" s="13"/>
       <c r="K10" s="13"/>
       <c r="L10" s="13"/>
       <c r="M10" s="16"/>
       <c r="N10" s="5"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1"/>
       <c r="U10" s="1"/>
       <c r="V10" s="1"/>
       <c r="W10" s="1"/>
       <c r="X10" s="1"/>
       <c r="Y10" s="1"/>
       <c r="Z10" s="1"/>
       <c r="AA10" s="1"/>
       <c r="AB10" s="1"/>
       <c r="AC10" s="1"/>
     </row>
-    <row r="11" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="A11" s="58"/>
+    <row r="11" spans="1:29">
+      <c r="A11" s="55"/>
       <c r="B11" s="13"/>
       <c r="C11" s="14"/>
       <c r="D11" s="15"/>
       <c r="E11" s="13"/>
       <c r="F11" s="13"/>
       <c r="G11" s="13"/>
       <c r="H11" s="13"/>
       <c r="I11" s="14"/>
       <c r="J11" s="14"/>
       <c r="K11" s="14"/>
       <c r="L11" s="13"/>
       <c r="M11" s="16"/>
       <c r="N11" s="5"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1"/>
       <c r="U11" s="1"/>
       <c r="V11" s="1"/>
       <c r="W11" s="1"/>
       <c r="X11" s="1"/>
       <c r="Y11" s="1"/>
       <c r="Z11" s="1"/>
       <c r="AA11" s="1"/>
       <c r="AB11" s="1"/>
       <c r="AC11" s="1"/>
     </row>
-    <row r="12" spans="1:29" x14ac:dyDescent="0.2">
+    <row r="12" spans="1:29">
       <c r="A12" s="28"/>
       <c r="B12" s="13"/>
       <c r="C12" s="14"/>
       <c r="D12" s="15"/>
       <c r="E12" s="13"/>
       <c r="F12" s="13"/>
       <c r="G12" s="13"/>
       <c r="H12" s="13"/>
       <c r="I12" s="14"/>
       <c r="J12" s="14"/>
       <c r="K12" s="14"/>
       <c r="L12" s="13"/>
       <c r="M12" s="16"/>
       <c r="N12" s="5"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1"/>
       <c r="U12" s="1"/>
       <c r="V12" s="1"/>
       <c r="W12" s="1"/>
       <c r="X12" s="1"/>
       <c r="Y12" s="1"/>
       <c r="Z12" s="1"/>
       <c r="AA12" s="1"/>
       <c r="AB12" s="1"/>
       <c r="AC12" s="1"/>
     </row>
-    <row r="13" spans="1:29" x14ac:dyDescent="0.2">
-      <c r="A13" s="65"/>
+    <row r="13" spans="1:29">
+      <c r="A13" s="62"/>
       <c r="B13" s="13"/>
       <c r="C13" s="14"/>
       <c r="D13" s="15"/>
       <c r="E13" s="13"/>
       <c r="F13" s="13"/>
       <c r="G13" s="13"/>
       <c r="H13" s="13"/>
       <c r="I13" s="14"/>
       <c r="J13" s="14"/>
       <c r="K13" s="14"/>
       <c r="L13" s="13"/>
       <c r="M13" s="16"/>
       <c r="N13" s="5"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1"/>
       <c r="U13" s="1"/>
       <c r="V13" s="1"/>
       <c r="W13" s="1"/>
       <c r="X13" s="1"/>
       <c r="Y13" s="1"/>
       <c r="Z13" s="1"/>
       <c r="AA13" s="1"/>
       <c r="AB13" s="1"/>
       <c r="AC13" s="1"/>
     </row>
-    <row r="14" spans="1:29" x14ac:dyDescent="0.2">
+    <row r="14" spans="1:29">
       <c r="A14" s="28"/>
       <c r="B14" s="13"/>
       <c r="C14" s="14"/>
       <c r="D14" s="13"/>
       <c r="E14" s="13"/>
       <c r="F14" s="13"/>
       <c r="G14" s="13"/>
       <c r="H14" s="13"/>
       <c r="I14" s="14"/>
       <c r="J14" s="14"/>
       <c r="K14" s="14"/>
       <c r="L14" s="13"/>
       <c r="M14" s="16"/>
       <c r="N14" s="5"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
       <c r="AC14" s="1"/>
     </row>
-    <row r="15" spans="1:29" x14ac:dyDescent="0.2">
+    <row r="15" spans="1:29">
       <c r="A15" s="35"/>
       <c r="B15" s="13"/>
       <c r="C15" s="14"/>
       <c r="D15" s="13"/>
       <c r="E15" s="13"/>
       <c r="F15" s="13"/>
       <c r="G15" s="13"/>
       <c r="H15" s="13"/>
       <c r="I15" s="14"/>
       <c r="J15" s="14"/>
       <c r="K15" s="14"/>
       <c r="L15" s="13"/>
       <c r="M15" s="16"/>
       <c r="N15" s="6"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1"/>
       <c r="AB15" s="1"/>
       <c r="AC15" s="1"/>
     </row>
-    <row r="16" spans="1:29" x14ac:dyDescent="0.2">
+    <row r="16" spans="1:29">
       <c r="A16" s="17"/>
       <c r="B16" s="13"/>
       <c r="C16" s="14"/>
       <c r="D16" s="13"/>
       <c r="E16" s="13"/>
       <c r="F16" s="13"/>
       <c r="G16" s="13"/>
       <c r="H16" s="13"/>
       <c r="I16" s="14"/>
       <c r="J16" s="14"/>
       <c r="K16" s="14"/>
       <c r="L16" s="13"/>
       <c r="M16" s="16"/>
       <c r="N16" s="7"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
       <c r="Z16" s="1"/>
       <c r="AA16" s="1"/>
       <c r="AB16" s="1"/>
       <c r="AC16" s="1"/>
     </row>
-    <row r="17" spans="1:29" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:29" ht="13.5" thickBot="1">
       <c r="A17" s="18"/>
       <c r="B17" s="19"/>
       <c r="C17" s="20"/>
       <c r="D17" s="19"/>
       <c r="E17" s="19"/>
       <c r="F17" s="19"/>
       <c r="G17" s="19"/>
       <c r="H17" s="19"/>
       <c r="I17" s="20"/>
       <c r="J17" s="20"/>
       <c r="K17" s="20"/>
       <c r="L17" s="13"/>
       <c r="M17" s="21"/>
       <c r="N17" s="8"/>
     </row>
-    <row r="18" spans="1:29" s="34" customFormat="1" ht="30" x14ac:dyDescent="0.2">
-      <c r="A18" s="59" t="s">
+    <row r="18" spans="1:29" s="34" customFormat="1" ht="30">
+      <c r="A18" s="56" t="s">
         <v>36</v>
       </c>
-      <c r="B18" s="60" t="s">
+      <c r="B18" s="57" t="s">
         <v>37</v>
       </c>
-      <c r="C18" s="61" t="s">
+      <c r="C18" s="58" t="s">
         <v>38</v>
       </c>
-      <c r="D18" s="60" t="s">
+      <c r="D18" s="57" t="s">
         <v>39</v>
       </c>
-      <c r="E18" s="60" t="s">
+      <c r="E18" s="57" t="s">
         <v>40</v>
       </c>
-      <c r="F18" s="60" t="s">
+      <c r="F18" s="57" t="s">
         <v>41</v>
       </c>
-      <c r="G18" s="60" t="s">
+      <c r="G18" s="57" t="s">
         <v>42</v>
       </c>
-      <c r="H18" s="61" t="s">
+      <c r="H18" s="58" t="s">
         <v>43</v>
       </c>
-      <c r="I18" s="60" t="s">
+      <c r="I18" s="57" t="s">
         <v>44</v>
       </c>
-      <c r="J18" s="60" t="s">
+      <c r="J18" s="57" t="s">
         <v>45</v>
       </c>
-      <c r="K18" s="62" t="s">
+      <c r="K18" s="59" t="s">
         <v>46</v>
       </c>
-      <c r="L18" s="62" t="s">
+      <c r="L18" s="59" t="s">
         <v>47</v>
       </c>
-      <c r="M18" s="63" t="s">
+      <c r="M18" s="60" t="s">
         <v>48</v>
       </c>
       <c r="N18" s="37"/>
       <c r="O18" s="37"/>
       <c r="P18" s="37"/>
       <c r="Q18" s="37"/>
       <c r="R18" s="37"/>
       <c r="S18" s="37"/>
       <c r="T18" s="37"/>
       <c r="U18" s="37"/>
       <c r="V18" s="37"/>
       <c r="W18" s="37"/>
       <c r="X18" s="37"/>
       <c r="Y18" s="37"/>
       <c r="Z18" s="37"/>
       <c r="AA18" s="37"/>
       <c r="AB18" s="37"/>
       <c r="AC18" s="37"/>
     </row>
-    <row r="19" spans="1:29" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="19" spans="1:29" s="34" customFormat="1" ht="25.5">
       <c r="A19" s="46" t="s">
         <v>49</v>
       </c>
       <c r="B19" s="46" t="s">
         <v>50</v>
       </c>
-      <c r="C19" s="51" t="s">
+      <c r="C19" s="32" t="s">
         <v>51</v>
       </c>
       <c r="D19" s="50" t="s">
         <v>52</v>
       </c>
       <c r="E19" s="46" t="s">
         <v>53</v>
       </c>
       <c r="F19" s="47"/>
       <c r="G19" s="47"/>
-      <c r="H19" s="56" t="s">
+      <c r="H19" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I19" s="190" t="s">
+      <c r="I19" s="165" t="s">
         <v>55</v>
       </c>
       <c r="J19" s="49">
         <v>40911</v>
       </c>
       <c r="K19" s="49">
         <v>42969</v>
       </c>
       <c r="L19" s="48"/>
-      <c r="M19" s="52"/>
+      <c r="M19" s="51"/>
       <c r="N19" s="37"/>
       <c r="O19" s="37"/>
       <c r="P19" s="37"/>
       <c r="Q19" s="37"/>
       <c r="R19" s="37"/>
       <c r="S19" s="37"/>
       <c r="T19" s="37"/>
       <c r="U19" s="37"/>
       <c r="V19" s="37"/>
       <c r="W19" s="37"/>
       <c r="X19" s="37"/>
       <c r="Y19" s="37"/>
       <c r="Z19" s="37"/>
       <c r="AA19" s="37"/>
       <c r="AB19" s="37"/>
       <c r="AC19" s="37"/>
     </row>
-    <row r="20" spans="1:29" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="111" t="s">
+    <row r="20" spans="1:29" s="34" customFormat="1">
+      <c r="A20" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B20" s="111" t="s">
+      <c r="B20" s="46" t="s">
         <v>56</v>
       </c>
-      <c r="C20" s="112" t="s">
+      <c r="C20" s="32" t="s">
         <v>57</v>
       </c>
-      <c r="D20" s="113" t="s">
+      <c r="D20" s="50" t="s">
         <v>58</v>
       </c>
-      <c r="E20" s="111" t="s">
+      <c r="E20" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F20" s="114"/>
-[...1 lines deleted...]
-      <c r="H20" s="115" t="s">
+      <c r="F20" s="47"/>
+      <c r="G20" s="47"/>
+      <c r="H20" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I20" s="116" t="s">
+      <c r="I20" s="102" t="s">
         <v>55</v>
       </c>
-      <c r="J20" s="117">
+      <c r="J20" s="49">
         <v>40911</v>
       </c>
-      <c r="K20" s="117">
+      <c r="K20" s="49">
         <v>43061</v>
       </c>
-      <c r="L20" s="118"/>
-      <c r="M20" s="119"/>
+      <c r="L20" s="48"/>
+      <c r="M20" s="51"/>
       <c r="N20" s="37"/>
       <c r="O20" s="37"/>
       <c r="P20" s="37"/>
       <c r="Q20" s="37"/>
       <c r="R20" s="37"/>
       <c r="S20" s="37"/>
       <c r="T20" s="37"/>
       <c r="U20" s="37"/>
       <c r="V20" s="37"/>
       <c r="W20" s="37"/>
       <c r="X20" s="37"/>
       <c r="Y20" s="37"/>
       <c r="Z20" s="37"/>
       <c r="AA20" s="37"/>
       <c r="AB20" s="37"/>
       <c r="AC20" s="37"/>
     </row>
-    <row r="21" spans="1:29" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A21" s="111" t="s">
+    <row r="21" spans="1:29" s="34" customFormat="1">
+      <c r="A21" s="46" t="s">
         <v>59</v>
       </c>
-      <c r="B21" s="111" t="s">
+      <c r="B21" s="46" t="s">
         <v>60</v>
       </c>
-      <c r="C21" s="120" t="s">
+      <c r="C21" s="103" t="s">
         <v>61</v>
       </c>
-      <c r="D21" s="121" t="s">
+      <c r="D21" s="104" t="s">
         <v>62</v>
       </c>
-      <c r="E21" s="121" t="s">
+      <c r="E21" s="104" t="s">
         <v>53</v>
       </c>
-      <c r="F21" s="122"/>
-      <c r="G21" s="114" t="s">
+      <c r="F21" s="105"/>
+      <c r="G21" s="47" t="s">
         <v>63</v>
       </c>
-      <c r="H21" s="123" t="s">
+      <c r="H21" s="106" t="s">
         <v>64</v>
       </c>
-      <c r="I21" s="191" t="s">
+      <c r="I21" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J21" s="118">
+      <c r="J21" s="48">
         <v>35850</v>
       </c>
-      <c r="K21" s="118">
+      <c r="K21" s="48">
         <v>41872</v>
       </c>
-      <c r="L21" s="118"/>
-      <c r="M21" s="124"/>
+      <c r="L21" s="48"/>
+      <c r="M21" s="107"/>
       <c r="N21" s="37"/>
       <c r="O21" s="37"/>
       <c r="P21" s="37"/>
       <c r="Q21" s="37"/>
       <c r="R21" s="37"/>
       <c r="S21" s="37"/>
       <c r="T21" s="37"/>
       <c r="U21" s="37"/>
       <c r="V21" s="37"/>
       <c r="W21" s="37"/>
       <c r="X21" s="37"/>
       <c r="Y21" s="37"/>
       <c r="Z21" s="37"/>
       <c r="AA21" s="37"/>
       <c r="AB21" s="37"/>
       <c r="AC21" s="37"/>
     </row>
-    <row r="22" spans="1:29" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A22" s="111" t="s">
+    <row r="22" spans="1:29" s="34" customFormat="1">
+      <c r="A22" s="46" t="s">
         <v>59</v>
       </c>
-      <c r="B22" s="111" t="s">
+      <c r="B22" s="46" t="s">
         <v>65</v>
       </c>
-      <c r="C22" s="120" t="s">
+      <c r="C22" s="103" t="s">
         <v>66</v>
       </c>
-      <c r="D22" s="121" t="s">
+      <c r="D22" s="104" t="s">
         <v>67</v>
       </c>
-      <c r="E22" s="121" t="s">
+      <c r="E22" s="104" t="s">
         <v>53</v>
       </c>
-      <c r="F22" s="114"/>
-      <c r="G22" s="114" t="s">
+      <c r="F22" s="47"/>
+      <c r="G22" s="47" t="s">
         <v>68</v>
       </c>
-      <c r="H22" s="123" t="s">
+      <c r="H22" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I22" s="191" t="s">
+      <c r="I22" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J22" s="118">
+      <c r="J22" s="48">
         <v>35850</v>
       </c>
-      <c r="K22" s="118"/>
-      <c r="L22" s="118">
+      <c r="K22" s="48"/>
+      <c r="L22" s="48">
         <v>43770</v>
       </c>
-      <c r="M22" s="124"/>
+      <c r="M22" s="107"/>
       <c r="N22" s="37"/>
       <c r="O22" s="37"/>
       <c r="P22" s="37"/>
       <c r="Q22" s="37"/>
       <c r="R22" s="37"/>
       <c r="S22" s="37"/>
       <c r="T22" s="37"/>
       <c r="U22" s="37"/>
       <c r="V22" s="37"/>
       <c r="W22" s="37"/>
       <c r="X22" s="37"/>
       <c r="Y22" s="37"/>
       <c r="Z22" s="37"/>
       <c r="AA22" s="37"/>
       <c r="AB22" s="37"/>
       <c r="AC22" s="37"/>
     </row>
-    <row r="23" spans="1:29" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A23" s="111" t="s">
+    <row r="23" spans="1:29" s="34" customFormat="1" ht="38.25">
+      <c r="A23" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B23" s="111" t="s">
+      <c r="B23" s="46" t="s">
         <v>71</v>
       </c>
-      <c r="C23" s="120" t="s">
+      <c r="C23" s="103" t="s">
         <v>72</v>
       </c>
-      <c r="D23" s="120" t="s">
+      <c r="D23" s="103" t="s">
         <v>73</v>
       </c>
-      <c r="E23" s="121" t="s">
+      <c r="E23" s="104" t="s">
         <v>74</v>
       </c>
-      <c r="F23" s="114"/>
-      <c r="G23" s="114" t="s">
+      <c r="F23" s="47"/>
+      <c r="G23" s="47" t="s">
         <v>75</v>
       </c>
-      <c r="H23" s="123" t="s">
+      <c r="H23" s="106" t="s">
         <v>76</v>
       </c>
-      <c r="I23" s="191" t="s">
+      <c r="I23" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J23" s="118">
+      <c r="J23" s="48">
         <v>40232</v>
       </c>
-      <c r="K23" s="118"/>
-      <c r="L23" s="118">
+      <c r="K23" s="48"/>
+      <c r="L23" s="48">
         <v>43770</v>
       </c>
-      <c r="M23" s="124"/>
+      <c r="M23" s="107"/>
       <c r="N23" s="37"/>
     </row>
-    <row r="24" spans="1:29" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A24" s="111" t="s">
+    <row r="24" spans="1:29" s="34" customFormat="1" ht="38.25">
+      <c r="A24" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B24" s="111" t="s">
+      <c r="B24" s="46" t="s">
         <v>77</v>
       </c>
-      <c r="C24" s="120" t="s">
+      <c r="C24" s="103" t="s">
         <v>78</v>
       </c>
-      <c r="D24" s="121" t="s">
+      <c r="D24" s="104" t="s">
         <v>79</v>
       </c>
-      <c r="E24" s="121" t="s">
+      <c r="E24" s="104" t="s">
         <v>74</v>
       </c>
-      <c r="F24" s="114"/>
-      <c r="G24" s="114" t="s">
+      <c r="F24" s="47"/>
+      <c r="G24" s="47" t="s">
         <v>80</v>
       </c>
-      <c r="H24" s="123" t="s">
+      <c r="H24" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="I24" s="191" t="s">
+      <c r="I24" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J24" s="118">
+      <c r="J24" s="48">
         <v>41823</v>
       </c>
-      <c r="K24" s="118"/>
-      <c r="L24" s="118">
+      <c r="K24" s="48"/>
+      <c r="L24" s="48">
         <v>43438</v>
       </c>
-      <c r="M24" s="124"/>
+      <c r="M24" s="107"/>
       <c r="N24" s="37"/>
     </row>
-    <row r="25" spans="1:29" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A25" s="111" t="s">
+    <row r="25" spans="1:29" s="34" customFormat="1">
+      <c r="A25" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B25" s="111" t="s">
+      <c r="B25" s="46" t="s">
         <v>82</v>
       </c>
-      <c r="C25" s="120" t="s">
+      <c r="C25" s="103" t="s">
         <v>83</v>
       </c>
-      <c r="D25" s="121" t="s">
+      <c r="D25" s="104" t="s">
         <v>84</v>
       </c>
-      <c r="E25" s="121" t="s">
+      <c r="E25" s="104" t="s">
         <v>85</v>
       </c>
-      <c r="F25" s="125"/>
-      <c r="G25" s="114" t="s">
+      <c r="F25" s="108"/>
+      <c r="G25" s="47" t="s">
         <v>86</v>
       </c>
-      <c r="H25" s="123" t="s">
+      <c r="H25" s="106" t="s">
         <v>76</v>
       </c>
-      <c r="I25" s="191" t="s">
+      <c r="I25" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J25" s="118">
+      <c r="J25" s="48">
         <v>39962</v>
       </c>
-      <c r="K25" s="118"/>
-      <c r="L25" s="118">
+      <c r="K25" s="48"/>
+      <c r="L25" s="48">
         <v>43770</v>
       </c>
-      <c r="M25" s="124"/>
+      <c r="M25" s="107"/>
       <c r="N25" s="37"/>
     </row>
-    <row r="26" spans="1:29" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A26" s="111" t="s">
+    <row r="26" spans="1:29" s="34" customFormat="1">
+      <c r="A26" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B26" s="111" t="s">
+      <c r="B26" s="46" t="s">
         <v>87</v>
       </c>
-      <c r="C26" s="120" t="s">
+      <c r="C26" s="103" t="s">
         <v>88</v>
       </c>
-      <c r="D26" s="121" t="s">
+      <c r="D26" s="104" t="s">
         <v>89</v>
       </c>
-      <c r="E26" s="121" t="s">
+      <c r="E26" s="104" t="s">
         <v>74</v>
       </c>
-      <c r="F26" s="114"/>
-      <c r="G26" s="114" t="s">
+      <c r="F26" s="47"/>
+      <c r="G26" s="47" t="s">
         <v>75</v>
       </c>
-      <c r="H26" s="123" t="s">
+      <c r="H26" s="106" t="s">
         <v>90</v>
       </c>
-      <c r="I26" s="191" t="s">
+      <c r="I26" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J26" s="118">
+      <c r="J26" s="48">
         <v>40232</v>
       </c>
-      <c r="K26" s="118"/>
-      <c r="L26" s="118">
+      <c r="K26" s="48"/>
+      <c r="L26" s="48">
         <v>43770</v>
       </c>
-      <c r="M26" s="124"/>
+      <c r="M26" s="107"/>
       <c r="N26" s="37"/>
     </row>
-    <row r="27" spans="1:29" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A27" s="111" t="s">
+    <row r="27" spans="1:29" s="34" customFormat="1">
+      <c r="A27" s="46" t="s">
         <v>91</v>
       </c>
-      <c r="B27" s="111" t="s">
+      <c r="B27" s="46" t="s">
         <v>91</v>
       </c>
-      <c r="C27" s="120" t="s">
+      <c r="C27" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="D27" s="120" t="s">
+      <c r="D27" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="E27" s="121" t="s">
+      <c r="E27" s="104" t="s">
         <v>93</v>
       </c>
-      <c r="F27" s="114"/>
-      <c r="G27" s="114" t="s">
+      <c r="F27" s="47"/>
+      <c r="G27" s="47" t="s">
         <v>94</v>
       </c>
-      <c r="H27" s="123" t="s">
+      <c r="H27" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I27" s="191" t="s">
+      <c r="I27" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J27" s="118">
+      <c r="J27" s="48">
         <v>35850</v>
       </c>
-      <c r="K27" s="118"/>
-[...1 lines deleted...]
-      <c r="M27" s="124"/>
+      <c r="K27" s="48"/>
+      <c r="L27" s="48"/>
+      <c r="M27" s="107"/>
       <c r="N27" s="37"/>
     </row>
-    <row r="28" spans="1:29" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="111" t="s">
+    <row r="28" spans="1:29" s="34" customFormat="1">
+      <c r="A28" s="46" t="s">
         <v>95</v>
       </c>
-      <c r="B28" s="111" t="s">
+      <c r="B28" s="46" t="s">
         <v>96</v>
       </c>
-      <c r="C28" s="120" t="s">
+      <c r="C28" s="103" t="s">
         <v>97</v>
       </c>
-      <c r="D28" s="121" t="s">
+      <c r="D28" s="104" t="s">
         <v>98</v>
       </c>
-      <c r="E28" s="121" t="s">
+      <c r="E28" s="104" t="s">
         <v>99</v>
       </c>
-      <c r="F28" s="114"/>
-      <c r="G28" s="114" t="s">
+      <c r="F28" s="47"/>
+      <c r="G28" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H28" s="123" t="s">
+      <c r="H28" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I28" s="191" t="s">
+      <c r="I28" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J28" s="118">
+      <c r="J28" s="48">
         <v>35850</v>
       </c>
-      <c r="K28" s="118"/>
-      <c r="L28" s="118">
+      <c r="K28" s="48"/>
+      <c r="L28" s="48">
         <v>43770</v>
       </c>
-      <c r="M28" s="124"/>
+      <c r="M28" s="107"/>
       <c r="N28" s="37"/>
     </row>
-    <row r="29" spans="1:29" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A29" s="111" t="s">
+    <row r="29" spans="1:29" s="34" customFormat="1">
+      <c r="A29" s="46" t="s">
         <v>95</v>
       </c>
-      <c r="B29" s="111" t="s">
+      <c r="B29" s="46" t="s">
         <v>101</v>
       </c>
-      <c r="C29" s="120" t="s">
+      <c r="C29" s="103" t="s">
         <v>102</v>
       </c>
-      <c r="D29" s="121" t="s">
+      <c r="D29" s="104" t="s">
         <v>103</v>
       </c>
-      <c r="E29" s="121" t="s">
+      <c r="E29" s="104" t="s">
         <v>74</v>
       </c>
-      <c r="F29" s="114"/>
-      <c r="G29" s="114" t="s">
+      <c r="F29" s="47"/>
+      <c r="G29" s="47" t="s">
         <v>104</v>
       </c>
-      <c r="H29" s="123" t="s">
+      <c r="H29" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I29" s="191" t="s">
+      <c r="I29" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J29" s="118">
+      <c r="J29" s="48">
         <v>35850</v>
       </c>
-      <c r="K29" s="118"/>
-      <c r="L29" s="118">
+      <c r="K29" s="48"/>
+      <c r="L29" s="48">
         <v>43770</v>
       </c>
-      <c r="M29" s="124"/>
+      <c r="M29" s="107"/>
       <c r="N29" s="37"/>
     </row>
-    <row r="30" spans="1:29" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A30" s="111" t="s">
+    <row r="30" spans="1:29" s="34" customFormat="1">
+      <c r="A30" s="46" t="s">
         <v>95</v>
       </c>
-      <c r="B30" s="111" t="s">
+      <c r="B30" s="46" t="s">
         <v>105</v>
       </c>
-      <c r="C30" s="126" t="s">
+      <c r="C30" s="109" t="s">
         <v>106</v>
       </c>
-      <c r="D30" s="127" t="s">
+      <c r="D30" s="110" t="s">
         <v>107</v>
       </c>
-      <c r="E30" s="121" t="s">
+      <c r="E30" s="104" t="s">
         <v>53</v>
       </c>
-      <c r="F30" s="114"/>
-      <c r="G30" s="114" t="s">
+      <c r="F30" s="47"/>
+      <c r="G30" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H30" s="123" t="s">
+      <c r="H30" s="106" t="s">
         <v>76</v>
       </c>
-      <c r="I30" s="191" t="s">
+      <c r="I30" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J30" s="118">
+      <c r="J30" s="48">
         <v>35850</v>
       </c>
-      <c r="K30" s="118"/>
-      <c r="L30" s="118">
+      <c r="K30" s="48"/>
+      <c r="L30" s="48">
         <v>43770</v>
       </c>
-      <c r="M30" s="124"/>
+      <c r="M30" s="107"/>
       <c r="N30" s="37"/>
     </row>
-    <row r="31" spans="1:29" s="34" customFormat="1" ht="18.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A31" s="111" t="s">
+    <row r="31" spans="1:29" s="34" customFormat="1" ht="18.75" customHeight="1">
+      <c r="A31" s="46" t="s">
         <v>95</v>
       </c>
-      <c r="B31" s="111" t="s">
+      <c r="B31" s="46" t="s">
         <v>108</v>
       </c>
-      <c r="C31" s="120" t="s">
+      <c r="C31" s="103" t="s">
         <v>109</v>
       </c>
-      <c r="D31" s="121" t="s">
+      <c r="D31" s="104" t="s">
         <v>110</v>
       </c>
-      <c r="E31" s="121" t="s">
+      <c r="E31" s="104" t="s">
         <v>111</v>
       </c>
-      <c r="F31" s="114"/>
-      <c r="G31" s="114" t="s">
+      <c r="F31" s="47"/>
+      <c r="G31" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H31" s="123" t="s">
+      <c r="H31" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I31" s="191" t="s">
+      <c r="I31" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J31" s="118">
+      <c r="J31" s="48">
         <v>35850</v>
       </c>
-      <c r="K31" s="118"/>
-      <c r="L31" s="118">
+      <c r="K31" s="48"/>
+      <c r="L31" s="48">
         <v>43770</v>
       </c>
-      <c r="M31" s="124"/>
+      <c r="M31" s="107"/>
       <c r="N31" s="37"/>
     </row>
-    <row r="32" spans="1:29" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A32" s="111" t="s">
+    <row r="32" spans="1:29" s="34" customFormat="1">
+      <c r="A32" s="46" t="s">
         <v>95</v>
       </c>
-      <c r="B32" s="111" t="s">
+      <c r="B32" s="46" t="s">
         <v>112</v>
       </c>
-      <c r="C32" s="120" t="s">
+      <c r="C32" s="103" t="s">
         <v>113</v>
       </c>
-      <c r="D32" s="121" t="s">
+      <c r="D32" s="104" t="s">
         <v>114</v>
       </c>
-      <c r="E32" s="121" t="s">
+      <c r="E32" s="104" t="s">
         <v>115</v>
       </c>
-      <c r="F32" s="114"/>
-      <c r="G32" s="114" t="s">
+      <c r="F32" s="47"/>
+      <c r="G32" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H32" s="123" t="s">
+      <c r="H32" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I32" s="191" t="s">
+      <c r="I32" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J32" s="118">
+      <c r="J32" s="48">
         <v>35850</v>
       </c>
-      <c r="K32" s="118"/>
-      <c r="L32" s="118">
+      <c r="K32" s="48"/>
+      <c r="L32" s="48">
         <v>43770</v>
       </c>
-      <c r="M32" s="124"/>
+      <c r="M32" s="107"/>
       <c r="N32" s="37"/>
     </row>
-    <row r="33" spans="1:14" s="34" customFormat="1" ht="21.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A33" s="111" t="s">
+    <row r="33" spans="1:14" s="34" customFormat="1" ht="21.75" customHeight="1">
+      <c r="A33" s="46" t="s">
         <v>95</v>
       </c>
-      <c r="B33" s="111" t="s">
+      <c r="B33" s="46" t="s">
         <v>116</v>
       </c>
-      <c r="C33" s="120" t="s">
+      <c r="C33" s="103" t="s">
         <v>117</v>
       </c>
-      <c r="D33" s="121" t="s">
+      <c r="D33" s="104" t="s">
         <v>118</v>
       </c>
-      <c r="E33" s="121" t="s">
+      <c r="E33" s="104" t="s">
         <v>93</v>
       </c>
-      <c r="F33" s="114"/>
-      <c r="G33" s="114" t="s">
+      <c r="F33" s="47"/>
+      <c r="G33" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H33" s="123" t="s">
+      <c r="H33" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I33" s="191" t="s">
+      <c r="I33" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J33" s="118">
+      <c r="J33" s="48">
         <v>35850</v>
       </c>
-      <c r="K33" s="118"/>
-      <c r="L33" s="118">
+      <c r="K33" s="48"/>
+      <c r="L33" s="48">
         <v>43770</v>
       </c>
-      <c r="M33" s="124"/>
+      <c r="M33" s="107"/>
       <c r="N33" s="38"/>
     </row>
-    <row r="34" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A34" s="111" t="s">
+    <row r="34" spans="1:14" s="34" customFormat="1">
+      <c r="A34" s="46" t="s">
         <v>119</v>
       </c>
-      <c r="B34" s="111" t="s">
+      <c r="B34" s="46" t="s">
         <v>120</v>
       </c>
-      <c r="C34" s="112" t="s">
+      <c r="C34" s="32" t="s">
         <v>121</v>
       </c>
-      <c r="D34" s="113" t="s">
+      <c r="D34" s="50" t="s">
         <v>122</v>
       </c>
-      <c r="E34" s="111" t="s">
+      <c r="E34" s="46" t="s">
         <v>123</v>
       </c>
-      <c r="F34" s="114"/>
-      <c r="G34" s="114" t="s">
+      <c r="F34" s="47"/>
+      <c r="G34" s="47" t="s">
         <v>124</v>
       </c>
-      <c r="H34" s="115" t="s">
+      <c r="H34" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I34" s="191" t="s">
+      <c r="I34" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J34" s="128">
+      <c r="J34" s="111">
         <v>40232</v>
       </c>
-      <c r="K34" s="128">
+      <c r="K34" s="111">
         <v>44108</v>
       </c>
-      <c r="L34" s="117"/>
-      <c r="M34" s="129"/>
+      <c r="L34" s="49"/>
+      <c r="M34" s="112"/>
       <c r="N34" s="37"/>
     </row>
-    <row r="35" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A35" s="111" t="s">
+    <row r="35" spans="1:14" s="34" customFormat="1">
+      <c r="A35" s="46" t="s">
         <v>119</v>
       </c>
-      <c r="B35" s="111" t="s">
+      <c r="B35" s="46" t="s">
         <v>125</v>
       </c>
-      <c r="C35" s="112" t="s">
+      <c r="C35" s="32" t="s">
         <v>126</v>
       </c>
-      <c r="D35" s="111" t="s">
+      <c r="D35" s="46" t="s">
         <v>127</v>
       </c>
-      <c r="E35" s="111" t="s">
+      <c r="E35" s="46" t="s">
         <v>128</v>
       </c>
-      <c r="F35" s="114"/>
-      <c r="G35" s="114" t="s">
+      <c r="F35" s="47"/>
+      <c r="G35" s="47" t="s">
         <v>129</v>
       </c>
-      <c r="H35" s="123" t="s">
+      <c r="H35" s="106" t="s">
         <v>130</v>
       </c>
-      <c r="I35" s="191" t="s">
+      <c r="I35" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J35" s="128">
+      <c r="J35" s="111">
         <v>40232</v>
       </c>
-      <c r="K35" s="128">
+      <c r="K35" s="111">
         <v>44108</v>
       </c>
-      <c r="L35" s="117"/>
-      <c r="M35" s="129"/>
+      <c r="L35" s="49"/>
+      <c r="M35" s="112"/>
       <c r="N35" s="37"/>
     </row>
-    <row r="36" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A36" s="111" t="s">
+    <row r="36" spans="1:14" s="34" customFormat="1">
+      <c r="A36" s="46" t="s">
         <v>131</v>
       </c>
-      <c r="B36" s="111" t="s">
+      <c r="B36" s="46" t="s">
         <v>132</v>
       </c>
-      <c r="C36" s="120" t="s">
+      <c r="C36" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="D36" s="120" t="s">
+      <c r="D36" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="E36" s="121" t="s">
+      <c r="E36" s="104" t="s">
         <v>133</v>
       </c>
-      <c r="F36" s="125"/>
-      <c r="G36" s="114" t="s">
+      <c r="F36" s="108"/>
+      <c r="G36" s="47" t="s">
         <v>86</v>
       </c>
-      <c r="H36" s="192" t="s">
+      <c r="H36" s="166" t="s">
         <v>76</v>
       </c>
-      <c r="I36" s="191" t="s">
+      <c r="I36" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J36" s="118">
+      <c r="J36" s="48">
         <v>39372</v>
       </c>
-      <c r="K36" s="118"/>
-      <c r="L36" s="118">
+      <c r="K36" s="48"/>
+      <c r="L36" s="48">
         <v>43922</v>
       </c>
-      <c r="M36" s="124"/>
+      <c r="M36" s="107"/>
       <c r="N36" s="37"/>
     </row>
-    <row r="37" spans="1:14" s="34" customFormat="1" ht="102" x14ac:dyDescent="0.2">
-      <c r="A37" s="111" t="s">
+    <row r="37" spans="1:14" s="34" customFormat="1" ht="102">
+      <c r="A37" s="46" t="s">
         <v>134</v>
       </c>
-      <c r="B37" s="111" t="s">
+      <c r="B37" s="46" t="s">
         <v>135</v>
       </c>
-      <c r="C37" s="120" t="s">
+      <c r="C37" s="103" t="s">
         <v>136</v>
       </c>
-      <c r="D37" s="120" t="s">
+      <c r="D37" s="103" t="s">
         <v>137</v>
       </c>
-      <c r="E37" s="121" t="s">
+      <c r="E37" s="104" t="s">
         <v>53</v>
       </c>
-      <c r="F37" s="114"/>
-      <c r="G37" s="114" t="s">
+      <c r="F37" s="47"/>
+      <c r="G37" s="47" t="s">
         <v>138</v>
       </c>
-      <c r="H37" s="192" t="s">
+      <c r="H37" s="166" t="s">
         <v>76</v>
       </c>
-      <c r="I37" s="191" t="s">
+      <c r="I37" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J37" s="118">
+      <c r="J37" s="48">
         <v>35850</v>
       </c>
-      <c r="K37" s="118"/>
-      <c r="L37" s="118">
+      <c r="K37" s="48"/>
+      <c r="L37" s="48">
         <v>43922</v>
       </c>
-      <c r="M37" s="124"/>
+      <c r="M37" s="107"/>
       <c r="N37" s="37"/>
     </row>
-    <row r="38" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A38" s="111" t="s">
+    <row r="38" spans="1:14" s="34" customFormat="1">
+      <c r="A38" s="46" t="s">
         <v>139</v>
       </c>
-      <c r="B38" s="111" t="s">
+      <c r="B38" s="46" t="s">
         <v>140</v>
       </c>
-      <c r="C38" s="112" t="s">
+      <c r="C38" s="32" t="s">
         <v>92</v>
       </c>
-      <c r="D38" s="112" t="s">
+      <c r="D38" s="32" t="s">
         <v>92</v>
       </c>
-      <c r="E38" s="121" t="s">
+      <c r="E38" s="104" t="s">
         <v>141</v>
       </c>
-      <c r="F38" s="114"/>
-      <c r="G38" s="114" t="s">
+      <c r="F38" s="47"/>
+      <c r="G38" s="47" t="s">
         <v>142</v>
       </c>
-      <c r="H38" s="192" t="s">
+      <c r="H38" s="166" t="s">
         <v>76</v>
       </c>
-      <c r="I38" s="191" t="s">
+      <c r="I38" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J38" s="118">
+      <c r="J38" s="48">
         <v>35850</v>
       </c>
-      <c r="K38" s="118"/>
-      <c r="L38" s="118">
+      <c r="K38" s="48"/>
+      <c r="L38" s="48">
         <v>43922</v>
       </c>
-      <c r="M38" s="124"/>
+      <c r="M38" s="107"/>
       <c r="N38" s="37"/>
     </row>
-    <row r="39" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A39" s="111" t="s">
+    <row r="39" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A39" s="46" t="s">
         <v>139</v>
       </c>
-      <c r="B39" s="111" t="s">
+      <c r="B39" s="46" t="s">
         <v>143</v>
       </c>
-      <c r="C39" s="112" t="s">
+      <c r="C39" s="32" t="s">
         <v>144</v>
       </c>
-      <c r="D39" s="111" t="s">
+      <c r="D39" s="46" t="s">
         <v>145</v>
       </c>
-      <c r="E39" s="111" t="s">
+      <c r="E39" s="46" t="s">
         <v>146</v>
       </c>
-      <c r="F39" s="114"/>
-      <c r="G39" s="114" t="s">
+      <c r="F39" s="47"/>
+      <c r="G39" s="47" t="s">
         <v>142</v>
       </c>
-      <c r="H39" s="123" t="s">
+      <c r="H39" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I39" s="191" t="s">
+      <c r="I39" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J39" s="128">
+      <c r="J39" s="111">
         <v>39770</v>
       </c>
-      <c r="K39" s="128">
+      <c r="K39" s="111">
         <v>42237</v>
       </c>
-      <c r="L39" s="118"/>
-      <c r="M39" s="129"/>
+      <c r="L39" s="48"/>
+      <c r="M39" s="112"/>
       <c r="N39" s="37"/>
     </row>
-    <row r="40" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A40" s="111" t="s">
+    <row r="40" spans="1:14" s="34" customFormat="1">
+      <c r="A40" s="46" t="s">
         <v>139</v>
       </c>
-      <c r="B40" s="111" t="s">
+      <c r="B40" s="46" t="s">
         <v>147</v>
       </c>
-      <c r="C40" s="112" t="s">
+      <c r="C40" s="32" t="s">
         <v>148</v>
       </c>
-      <c r="D40" s="113" t="s">
+      <c r="D40" s="50" t="s">
         <v>149</v>
       </c>
-      <c r="E40" s="111" t="s">
+      <c r="E40" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F40" s="114"/>
-      <c r="G40" s="114" t="s">
+      <c r="F40" s="47"/>
+      <c r="G40" s="47" t="s">
         <v>142</v>
       </c>
-      <c r="H40" s="123" t="s">
+      <c r="H40" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I40" s="191" t="s">
+      <c r="I40" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J40" s="117">
+      <c r="J40" s="49">
         <v>40232</v>
       </c>
-      <c r="K40" s="117">
+      <c r="K40" s="49">
         <v>42237</v>
       </c>
-      <c r="L40" s="118"/>
-      <c r="M40" s="119"/>
+      <c r="L40" s="48"/>
+      <c r="M40" s="51"/>
       <c r="N40" s="37"/>
     </row>
-    <row r="41" spans="1:14" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A41" s="111" t="s">
+    <row r="41" spans="1:14" s="34" customFormat="1" ht="63.75">
+      <c r="A41" s="46" t="s">
         <v>139</v>
       </c>
-      <c r="B41" s="111" t="s">
+      <c r="B41" s="46" t="s">
         <v>151</v>
       </c>
-      <c r="C41" s="120" t="s">
+      <c r="C41" s="103" t="s">
         <v>152</v>
       </c>
-      <c r="D41" s="121"/>
-      <c r="E41" s="121" t="s">
+      <c r="D41" s="104"/>
+      <c r="E41" s="104" t="s">
         <v>153</v>
       </c>
-      <c r="F41" s="114"/>
-      <c r="G41" s="114" t="s">
+      <c r="F41" s="47"/>
+      <c r="G41" s="47" t="s">
         <v>142</v>
       </c>
-      <c r="H41" s="192" t="s">
+      <c r="H41" s="166" t="s">
         <v>154</v>
       </c>
-      <c r="I41" s="191" t="s">
+      <c r="I41" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J41" s="118">
+      <c r="J41" s="48">
         <v>35850</v>
       </c>
-      <c r="K41" s="118"/>
-      <c r="L41" s="118">
+      <c r="K41" s="48"/>
+      <c r="L41" s="48">
         <v>43922</v>
       </c>
-      <c r="M41" s="124"/>
+      <c r="M41" s="107"/>
       <c r="N41" s="37"/>
     </row>
-    <row r="42" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A42" s="111" t="s">
+    <row r="42" spans="1:14" s="34" customFormat="1">
+      <c r="A42" s="46" t="s">
         <v>155</v>
       </c>
-      <c r="B42" s="111" t="s">
+      <c r="B42" s="46" t="s">
         <v>156</v>
       </c>
-      <c r="C42" s="120" t="s">
+      <c r="C42" s="103" t="s">
         <v>157</v>
       </c>
-      <c r="D42" s="121" t="s">
+      <c r="D42" s="104" t="s">
         <v>158</v>
       </c>
-      <c r="E42" s="121" t="s">
+      <c r="E42" s="104" t="s">
         <v>93</v>
       </c>
-      <c r="F42" s="114"/>
-      <c r="G42" s="114" t="s">
+      <c r="F42" s="47"/>
+      <c r="G42" s="47" t="s">
         <v>139</v>
       </c>
-      <c r="H42" s="123" t="s">
+      <c r="H42" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I42" s="191" t="s">
+      <c r="I42" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J42" s="118">
+      <c r="J42" s="48">
         <v>35850</v>
       </c>
-      <c r="K42" s="118"/>
-      <c r="L42" s="118">
+      <c r="K42" s="48"/>
+      <c r="L42" s="48">
         <v>43770</v>
       </c>
-      <c r="M42" s="124"/>
+      <c r="M42" s="107"/>
       <c r="N42" s="37"/>
     </row>
-    <row r="43" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A43" s="111" t="s">
+    <row r="43" spans="1:14" s="34" customFormat="1">
+      <c r="A43" s="46" t="s">
         <v>155</v>
       </c>
-      <c r="B43" s="111" t="s">
+      <c r="B43" s="46" t="s">
         <v>159</v>
       </c>
-      <c r="C43" s="120" t="s">
+      <c r="C43" s="103" t="s">
         <v>160</v>
       </c>
-      <c r="D43" s="130" t="s">
+      <c r="D43" s="113" t="s">
         <v>161</v>
       </c>
-      <c r="E43" s="121" t="s">
+      <c r="E43" s="104" t="s">
         <v>93</v>
       </c>
-      <c r="F43" s="114"/>
-      <c r="G43" s="114" t="s">
+      <c r="F43" s="47"/>
+      <c r="G43" s="47" t="s">
         <v>139</v>
       </c>
-      <c r="H43" s="123" t="s">
+      <c r="H43" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I43" s="191" t="s">
+      <c r="I43" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J43" s="118">
+      <c r="J43" s="48">
         <v>35850</v>
       </c>
-      <c r="K43" s="118"/>
-      <c r="L43" s="118">
+      <c r="K43" s="48"/>
+      <c r="L43" s="48">
         <v>43770</v>
       </c>
-      <c r="M43" s="124"/>
+      <c r="M43" s="107"/>
       <c r="N43" s="37"/>
     </row>
-    <row r="44" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A44" s="111" t="s">
+    <row r="44" spans="1:14" s="34" customFormat="1">
+      <c r="A44" s="46" t="s">
         <v>155</v>
       </c>
-      <c r="B44" s="111" t="s">
+      <c r="B44" s="46" t="s">
         <v>162</v>
       </c>
-      <c r="C44" s="120" t="s">
+      <c r="C44" s="103" t="s">
         <v>163</v>
       </c>
-      <c r="D44" s="121" t="s">
+      <c r="D44" s="104" t="s">
         <v>164</v>
       </c>
-      <c r="E44" s="121" t="s">
+      <c r="E44" s="104" t="s">
         <v>93</v>
       </c>
-      <c r="F44" s="114"/>
-      <c r="G44" s="114" t="s">
+      <c r="F44" s="47"/>
+      <c r="G44" s="47" t="s">
         <v>139</v>
       </c>
-      <c r="H44" s="123" t="s">
+      <c r="H44" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I44" s="191" t="s">
+      <c r="I44" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J44" s="118">
+      <c r="J44" s="48">
         <v>35850</v>
       </c>
-      <c r="K44" s="118"/>
-      <c r="L44" s="118">
+      <c r="K44" s="48"/>
+      <c r="L44" s="48">
         <v>43770</v>
       </c>
-      <c r="M44" s="124"/>
+      <c r="M44" s="107"/>
       <c r="N44" s="37"/>
     </row>
-    <row r="45" spans="1:14" s="34" customFormat="1" ht="102" x14ac:dyDescent="0.2">
-      <c r="A45" s="111" t="s">
+    <row r="45" spans="1:14" s="34" customFormat="1" ht="102">
+      <c r="A45" s="46" t="s">
         <v>165</v>
       </c>
-      <c r="B45" s="111" t="s">
+      <c r="B45" s="46" t="s">
         <v>166</v>
       </c>
-      <c r="C45" s="131" t="s">
+      <c r="C45" s="114" t="s">
         <v>167</v>
       </c>
-      <c r="D45" s="132" t="s">
+      <c r="D45" s="115" t="s">
         <v>167</v>
       </c>
-      <c r="E45" s="112" t="s">
+      <c r="E45" s="32" t="s">
         <v>93</v>
       </c>
-      <c r="F45" s="114" t="s">
+      <c r="F45" s="47" t="s">
         <v>168</v>
       </c>
-      <c r="G45" s="114" t="s">
+      <c r="G45" s="47" t="s">
         <v>169</v>
       </c>
-      <c r="H45" s="193"/>
-      <c r="I45" s="191" t="s">
+      <c r="H45" s="167"/>
+      <c r="I45" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J45" s="133">
+      <c r="J45" s="116">
         <v>42927</v>
       </c>
-      <c r="K45" s="133"/>
-      <c r="L45" s="118">
+      <c r="K45" s="116"/>
+      <c r="L45" s="48">
         <v>43922</v>
       </c>
-      <c r="M45" s="134"/>
+      <c r="M45" s="117"/>
       <c r="N45" s="37"/>
     </row>
-    <row r="46" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A46" s="111" t="s">
+    <row r="46" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A46" s="46" t="s">
         <v>165</v>
       </c>
-      <c r="B46" s="111" t="s">
+      <c r="B46" s="46" t="s">
         <v>170</v>
       </c>
-      <c r="C46" s="120" t="s">
+      <c r="C46" s="103" t="s">
         <v>171</v>
       </c>
-      <c r="D46" s="121" t="s">
+      <c r="D46" s="104" t="s">
         <v>172</v>
       </c>
-      <c r="E46" s="121" t="s">
+      <c r="E46" s="104" t="s">
         <v>93</v>
       </c>
-      <c r="F46" s="114" t="s">
+      <c r="F46" s="47" t="s">
         <v>1275</v>
       </c>
-      <c r="G46" s="114" t="s">
+      <c r="G46" s="47" t="s">
         <v>1266</v>
       </c>
-      <c r="H46" s="123" t="s">
+      <c r="H46" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I46" s="191" t="s">
+      <c r="I46" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J46" s="118">
+      <c r="J46" s="48">
         <v>35850</v>
       </c>
-      <c r="K46" s="118"/>
-      <c r="L46" s="118">
+      <c r="K46" s="48"/>
+      <c r="L46" s="48">
         <v>43922</v>
       </c>
-      <c r="M46" s="124"/>
+      <c r="M46" s="107"/>
       <c r="N46" s="37"/>
     </row>
-    <row r="47" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A47" s="111" t="s">
+    <row r="47" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A47" s="46" t="s">
         <v>165</v>
       </c>
-      <c r="B47" s="111" t="s">
+      <c r="B47" s="46" t="s">
         <v>173</v>
       </c>
-      <c r="C47" s="120" t="s">
+      <c r="C47" s="103" t="s">
         <v>174</v>
       </c>
-      <c r="D47" s="130" t="s">
+      <c r="D47" s="113" t="s">
         <v>175</v>
       </c>
-      <c r="E47" s="121" t="s">
+      <c r="E47" s="104" t="s">
         <v>93</v>
       </c>
-      <c r="F47" s="114" t="s">
+      <c r="F47" s="47" t="s">
         <v>1274</v>
       </c>
-      <c r="G47" s="114" t="s">
+      <c r="G47" s="47" t="s">
         <v>1266</v>
       </c>
-      <c r="H47" s="123" t="s">
+      <c r="H47" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I47" s="191" t="s">
+      <c r="I47" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J47" s="118">
+      <c r="J47" s="48">
         <v>35850</v>
       </c>
-      <c r="K47" s="118"/>
-      <c r="L47" s="118">
+      <c r="K47" s="48"/>
+      <c r="L47" s="48">
         <v>43922</v>
       </c>
-      <c r="M47" s="124"/>
+      <c r="M47" s="107"/>
       <c r="N47" s="37"/>
     </row>
-    <row r="48" spans="1:14" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A48" s="111" t="s">
+    <row r="48" spans="1:14" s="34" customFormat="1" ht="63.75">
+      <c r="A48" s="46" t="s">
         <v>165</v>
       </c>
-      <c r="B48" s="111" t="s">
+      <c r="B48" s="46" t="s">
         <v>176</v>
       </c>
-      <c r="C48" s="120" t="s">
+      <c r="C48" s="103" t="s">
         <v>177</v>
       </c>
-      <c r="D48" s="121" t="s">
+      <c r="D48" s="104" t="s">
         <v>178</v>
       </c>
-      <c r="E48" s="121" t="s">
+      <c r="E48" s="104" t="s">
         <v>93</v>
       </c>
-      <c r="F48" s="114" t="s">
+      <c r="F48" s="47" t="s">
         <v>1341</v>
       </c>
-      <c r="G48" s="114" t="s">
+      <c r="G48" s="47" t="s">
         <v>1266</v>
       </c>
-      <c r="H48" s="123" t="s">
+      <c r="H48" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I48" s="191" t="s">
+      <c r="I48" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J48" s="118">
+      <c r="J48" s="48">
         <v>35850</v>
       </c>
-      <c r="K48" s="118"/>
-      <c r="L48" s="118">
+      <c r="K48" s="48"/>
+      <c r="L48" s="48">
         <v>43922</v>
       </c>
-      <c r="M48" s="124"/>
+      <c r="M48" s="107"/>
       <c r="N48" s="37"/>
     </row>
-    <row r="49" spans="1:14" s="34" customFormat="1" ht="51" x14ac:dyDescent="0.2">
-      <c r="A49" s="111" t="s">
+    <row r="49" spans="1:14" s="34" customFormat="1" ht="51">
+      <c r="A49" s="46" t="s">
         <v>179</v>
       </c>
-      <c r="B49" s="111" t="s">
+      <c r="B49" s="46" t="s">
         <v>180</v>
       </c>
-      <c r="C49" s="120" t="s">
+      <c r="C49" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="D49" s="120" t="s">
+      <c r="D49" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="E49" s="121" t="s">
+      <c r="E49" s="104" t="s">
         <v>53</v>
       </c>
-      <c r="F49" s="114" t="s">
+      <c r="F49" s="47" t="s">
         <v>181</v>
       </c>
-      <c r="G49" s="114" t="s">
+      <c r="G49" s="47" t="s">
         <v>182</v>
       </c>
-      <c r="H49" s="192" t="s">
+      <c r="H49" s="166" t="s">
         <v>76</v>
       </c>
-      <c r="I49" s="191" t="s">
+      <c r="I49" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J49" s="118">
+      <c r="J49" s="48">
         <v>35850</v>
       </c>
-      <c r="K49" s="118"/>
-      <c r="L49" s="118">
+      <c r="K49" s="48"/>
+      <c r="L49" s="48">
         <v>43922</v>
       </c>
-      <c r="M49" s="124"/>
+      <c r="M49" s="107"/>
       <c r="N49" s="37"/>
     </row>
-    <row r="50" spans="1:14" s="34" customFormat="1" ht="153" x14ac:dyDescent="0.2">
-      <c r="A50" s="111" t="s">
+    <row r="50" spans="1:14" s="34" customFormat="1" ht="153">
+      <c r="A50" s="46" t="s">
         <v>179</v>
       </c>
-      <c r="B50" s="111" t="s">
+      <c r="B50" s="46" t="s">
         <v>183</v>
       </c>
-      <c r="C50" s="120" t="s">
+      <c r="C50" s="103" t="s">
         <v>184</v>
       </c>
-      <c r="D50" s="121" t="s">
+      <c r="D50" s="104" t="s">
         <v>185</v>
       </c>
-      <c r="E50" s="121" t="s">
+      <c r="E50" s="104" t="s">
         <v>186</v>
       </c>
-      <c r="F50" s="114"/>
-      <c r="G50" s="114" t="s">
+      <c r="F50" s="47"/>
+      <c r="G50" s="47" t="s">
         <v>187</v>
       </c>
-      <c r="H50" s="123" t="s">
+      <c r="H50" s="106" t="s">
         <v>154</v>
       </c>
-      <c r="I50" s="191" t="s">
+      <c r="I50" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J50" s="118">
+      <c r="J50" s="48">
         <v>39770</v>
       </c>
-      <c r="K50" s="118"/>
-[...1 lines deleted...]
-      <c r="M50" s="124"/>
+      <c r="K50" s="48"/>
+      <c r="L50" s="118"/>
+      <c r="M50" s="107"/>
       <c r="N50" s="37"/>
     </row>
-    <row r="51" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A51" s="111" t="s">
+    <row r="51" spans="1:14" s="34" customFormat="1">
+      <c r="A51" s="46" t="s">
         <v>179</v>
       </c>
-      <c r="B51" s="111" t="s">
+      <c r="B51" s="46" t="s">
         <v>188</v>
       </c>
-      <c r="C51" s="120" t="s">
+      <c r="C51" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="D51" s="120" t="s">
+      <c r="D51" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="E51" s="121" t="s">
+      <c r="E51" s="104" t="s">
         <v>74</v>
       </c>
-      <c r="F51" s="114"/>
-      <c r="G51" s="114" t="s">
+      <c r="F51" s="47"/>
+      <c r="G51" s="47" t="s">
         <v>189</v>
       </c>
-      <c r="H51" s="123" t="s">
+      <c r="H51" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I51" s="191" t="s">
+      <c r="I51" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J51" s="118">
+      <c r="J51" s="48">
         <v>35850</v>
       </c>
-      <c r="K51" s="118"/>
-      <c r="L51" s="118">
+      <c r="K51" s="48"/>
+      <c r="L51" s="48">
         <v>43770</v>
       </c>
-      <c r="M51" s="124"/>
+      <c r="M51" s="107"/>
       <c r="N51" s="37"/>
     </row>
-    <row r="52" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A52" s="111" t="s">
+    <row r="52" spans="1:14" s="34" customFormat="1">
+      <c r="A52" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B52" s="111" t="s">
+      <c r="B52" s="46" t="s">
         <v>191</v>
       </c>
-      <c r="C52" s="112" t="s">
+      <c r="C52" s="32" t="s">
         <v>192</v>
       </c>
-      <c r="D52" s="113" t="s">
+      <c r="D52" s="50" t="s">
         <v>193</v>
       </c>
-      <c r="E52" s="111" t="s">
+      <c r="E52" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F52" s="114"/>
-      <c r="G52" s="114" t="s">
+      <c r="F52" s="47"/>
+      <c r="G52" s="47" t="s">
         <v>194</v>
       </c>
-      <c r="H52" s="123" t="s">
+      <c r="H52" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I52" s="191" t="s">
+      <c r="I52" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J52" s="117">
+      <c r="J52" s="49">
         <v>35852</v>
       </c>
-      <c r="K52" s="117">
+      <c r="K52" s="49">
         <v>43487</v>
       </c>
-      <c r="L52" s="118"/>
-      <c r="M52" s="119"/>
+      <c r="L52" s="48"/>
+      <c r="M52" s="51"/>
       <c r="N52" s="37"/>
     </row>
-    <row r="53" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A53" s="111" t="s">
+    <row r="53" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A53" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B53" s="111" t="s">
+      <c r="B53" s="46" t="s">
         <v>195</v>
       </c>
-      <c r="C53" s="112" t="s">
+      <c r="C53" s="32" t="s">
         <v>196</v>
       </c>
-      <c r="D53" s="111" t="s">
+      <c r="D53" s="46" t="s">
         <v>197</v>
       </c>
-      <c r="E53" s="111" t="s">
+      <c r="E53" s="46" t="s">
         <v>198</v>
       </c>
-      <c r="F53" s="114"/>
-      <c r="G53" s="114" t="s">
+      <c r="F53" s="47"/>
+      <c r="G53" s="47" t="s">
         <v>199</v>
       </c>
-      <c r="H53" s="123" t="s">
+      <c r="H53" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I53" s="191" t="s">
+      <c r="I53" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J53" s="117">
+      <c r="J53" s="49">
         <v>39770</v>
       </c>
-      <c r="K53" s="117">
+      <c r="K53" s="49">
         <v>42999</v>
       </c>
-      <c r="L53" s="118"/>
-      <c r="M53" s="119"/>
+      <c r="L53" s="48"/>
+      <c r="M53" s="51"/>
       <c r="N53" s="37"/>
     </row>
-    <row r="54" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A54" s="111" t="s">
+    <row r="54" spans="1:14" s="34" customFormat="1">
+      <c r="A54" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B54" s="111" t="s">
+      <c r="B54" s="46" t="s">
         <v>200</v>
       </c>
-      <c r="C54" s="112" t="s">
+      <c r="C54" s="32" t="s">
         <v>201</v>
       </c>
-      <c r="D54" s="113" t="s">
+      <c r="D54" s="50" t="s">
         <v>202</v>
       </c>
-      <c r="E54" s="111" t="s">
+      <c r="E54" s="46" t="s">
         <v>203</v>
       </c>
-      <c r="F54" s="114"/>
-      <c r="G54" s="114" t="s">
+      <c r="F54" s="47"/>
+      <c r="G54" s="47" t="s">
         <v>204</v>
       </c>
-      <c r="H54" s="123" t="s">
+      <c r="H54" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I54" s="191" t="s">
+      <c r="I54" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J54" s="117">
+      <c r="J54" s="49">
         <v>39770</v>
       </c>
-      <c r="K54" s="117">
+      <c r="K54" s="49">
         <v>42999</v>
       </c>
-      <c r="L54" s="118"/>
-      <c r="M54" s="119"/>
+      <c r="L54" s="48"/>
+      <c r="M54" s="51"/>
       <c r="N54" s="37"/>
     </row>
-    <row r="55" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A55" s="111" t="s">
+    <row r="55" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A55" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B55" s="111" t="s">
+      <c r="B55" s="46" t="s">
         <v>205</v>
       </c>
-      <c r="C55" s="112" t="s">
+      <c r="C55" s="32" t="s">
         <v>206</v>
       </c>
-      <c r="D55" s="113" t="s">
+      <c r="D55" s="50" t="s">
         <v>207</v>
       </c>
-      <c r="E55" s="111" t="s">
+      <c r="E55" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F55" s="114"/>
-      <c r="G55" s="114" t="s">
+      <c r="F55" s="47"/>
+      <c r="G55" s="47" t="s">
         <v>208</v>
       </c>
-      <c r="H55" s="123" t="s">
+      <c r="H55" s="106" t="s">
         <v>209</v>
       </c>
-      <c r="I55" s="191" t="s">
+      <c r="I55" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J55" s="117">
+      <c r="J55" s="49">
         <v>40729</v>
       </c>
-      <c r="K55" s="117">
+      <c r="K55" s="49">
         <v>43487</v>
       </c>
-      <c r="L55" s="118"/>
-      <c r="M55" s="119"/>
+      <c r="L55" s="48"/>
+      <c r="M55" s="51"/>
       <c r="N55" s="37"/>
     </row>
-    <row r="56" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A56" s="111" t="s">
+    <row r="56" spans="1:14" s="34" customFormat="1">
+      <c r="A56" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B56" s="111" t="s">
+      <c r="B56" s="46" t="s">
         <v>210</v>
       </c>
-      <c r="C56" s="112" t="s">
+      <c r="C56" s="32" t="s">
         <v>211</v>
       </c>
-      <c r="D56" s="136" t="s">
+      <c r="D56" s="119" t="s">
         <v>212</v>
       </c>
-      <c r="E56" s="111" t="s">
+      <c r="E56" s="46" t="s">
         <v>213</v>
       </c>
-      <c r="F56" s="114"/>
-[...1 lines deleted...]
-      <c r="H56" s="123" t="s">
+      <c r="F56" s="47"/>
+      <c r="G56" s="47"/>
+      <c r="H56" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I56" s="191" t="s">
+      <c r="I56" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J56" s="117">
+      <c r="J56" s="49">
         <v>40471</v>
       </c>
-      <c r="K56" s="117">
+      <c r="K56" s="49">
         <v>42999</v>
       </c>
-      <c r="L56" s="118"/>
-      <c r="M56" s="119"/>
+      <c r="L56" s="48"/>
+      <c r="M56" s="51"/>
       <c r="N56" s="37"/>
     </row>
-    <row r="57" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A57" s="111" t="s">
+    <row r="57" spans="1:14" s="34" customFormat="1">
+      <c r="A57" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B57" s="111" t="s">
+      <c r="B57" s="46" t="s">
         <v>214</v>
       </c>
-      <c r="C57" s="137" t="s">
+      <c r="C57" s="120" t="s">
         <v>215</v>
       </c>
-      <c r="D57" s="138" t="s">
+      <c r="D57" s="121" t="s">
         <v>216</v>
       </c>
-      <c r="E57" s="139" t="s">
+      <c r="E57" s="122" t="s">
         <v>217</v>
       </c>
-      <c r="F57" s="114"/>
-[...1 lines deleted...]
-      <c r="H57" s="123" t="s">
+      <c r="F57" s="47"/>
+      <c r="G57" s="47"/>
+      <c r="H57" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I57" s="191" t="s">
+      <c r="I57" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J57" s="140">
+      <c r="J57" s="123">
         <v>40471</v>
       </c>
-      <c r="K57" s="140">
+      <c r="K57" s="123">
         <v>42999</v>
       </c>
-      <c r="L57" s="118"/>
-      <c r="M57" s="119"/>
+      <c r="L57" s="48"/>
+      <c r="M57" s="51"/>
       <c r="N57" s="37"/>
     </row>
-    <row r="58" spans="1:14" s="34" customFormat="1" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A58" s="111" t="s">
+    <row r="58" spans="1:14" s="34" customFormat="1" ht="80.25" customHeight="1">
+      <c r="A58" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B58" s="111" t="s">
+      <c r="B58" s="46" t="s">
         <v>218</v>
       </c>
-      <c r="C58" s="112" t="s">
+      <c r="C58" s="32" t="s">
         <v>219</v>
       </c>
-      <c r="D58" s="113" t="s">
+      <c r="D58" s="50" t="s">
         <v>220</v>
       </c>
-      <c r="E58" s="111" t="s">
+      <c r="E58" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F58" s="114"/>
-      <c r="G58" s="114" t="s">
+      <c r="F58" s="47"/>
+      <c r="G58" s="47" t="s">
         <v>204</v>
       </c>
-      <c r="H58" s="115" t="s">
+      <c r="H58" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I58" s="191" t="s">
+      <c r="I58" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J58" s="117">
+      <c r="J58" s="49">
         <v>40911</v>
       </c>
-      <c r="K58" s="117">
+      <c r="K58" s="49">
         <v>43487</v>
       </c>
-      <c r="L58" s="118"/>
-      <c r="M58" s="119"/>
+      <c r="L58" s="48"/>
+      <c r="M58" s="51"/>
       <c r="N58" s="37"/>
     </row>
-    <row r="59" spans="1:14" s="34" customFormat="1" ht="43.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A59" s="111" t="s">
+    <row r="59" spans="1:14" s="34" customFormat="1" ht="43.5" customHeight="1">
+      <c r="A59" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B59" s="111" t="s">
+      <c r="B59" s="46" t="s">
         <v>221</v>
       </c>
-      <c r="C59" s="112" t="s">
+      <c r="C59" s="32" t="s">
         <v>222</v>
       </c>
-      <c r="D59" s="113" t="s">
+      <c r="D59" s="50" t="s">
         <v>223</v>
       </c>
-      <c r="E59" s="111" t="s">
+      <c r="E59" s="46" t="s">
         <v>224</v>
       </c>
-      <c r="F59" s="114"/>
-      <c r="G59" s="114" t="s">
+      <c r="F59" s="47"/>
+      <c r="G59" s="47" t="s">
         <v>225</v>
       </c>
-      <c r="H59" s="123" t="s">
+      <c r="H59" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I59" s="191" t="s">
+      <c r="I59" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J59" s="117">
+      <c r="J59" s="49">
         <v>40232</v>
       </c>
-      <c r="K59" s="117">
+      <c r="K59" s="49">
         <v>42145</v>
       </c>
-      <c r="L59" s="118"/>
-      <c r="M59" s="119"/>
+      <c r="L59" s="48"/>
+      <c r="M59" s="51"/>
       <c r="N59" s="37"/>
     </row>
-    <row r="60" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A60" s="111" t="s">
+    <row r="60" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A60" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B60" s="111" t="s">
+      <c r="B60" s="46" t="s">
         <v>226</v>
       </c>
-      <c r="C60" s="112" t="s">
+      <c r="C60" s="32" t="s">
         <v>227</v>
       </c>
-      <c r="D60" s="113" t="s">
+      <c r="D60" s="50" t="s">
         <v>228</v>
       </c>
-      <c r="E60" s="111" t="s">
+      <c r="E60" s="46" t="s">
         <v>224</v>
       </c>
-      <c r="F60" s="114"/>
-      <c r="G60" s="114" t="s">
+      <c r="F60" s="47"/>
+      <c r="G60" s="47" t="s">
         <v>225</v>
       </c>
-      <c r="H60" s="123" t="s">
+      <c r="H60" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I60" s="191" t="s">
+      <c r="I60" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J60" s="117">
+      <c r="J60" s="49">
         <v>40232</v>
       </c>
-      <c r="K60" s="117">
+      <c r="K60" s="49">
         <v>42145</v>
       </c>
-      <c r="L60" s="118"/>
-      <c r="M60" s="119"/>
+      <c r="L60" s="48"/>
+      <c r="M60" s="51"/>
       <c r="N60" s="37"/>
     </row>
-    <row r="61" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A61" s="111" t="s">
+    <row r="61" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A61" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B61" s="111" t="s">
+      <c r="B61" s="46" t="s">
         <v>229</v>
       </c>
-      <c r="C61" s="120" t="s">
+      <c r="C61" s="103" t="s">
         <v>230</v>
       </c>
-      <c r="D61" s="121" t="s">
+      <c r="D61" s="104" t="s">
         <v>231</v>
       </c>
-      <c r="E61" s="121" t="s">
+      <c r="E61" s="104" t="s">
         <v>232</v>
       </c>
-      <c r="F61" s="114" t="s">
+      <c r="F61" s="47" t="s">
         <v>1307</v>
       </c>
-      <c r="G61" s="114" t="s">
+      <c r="G61" s="47" t="s">
         <v>194</v>
       </c>
-      <c r="H61" s="123" t="s">
+      <c r="H61" s="106" t="s">
         <v>64</v>
       </c>
-      <c r="I61" s="191" t="s">
+      <c r="I61" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J61" s="118">
+      <c r="J61" s="48">
         <v>35850</v>
       </c>
-      <c r="K61" s="118">
+      <c r="K61" s="48">
         <v>42145</v>
       </c>
-      <c r="L61" s="118"/>
-      <c r="M61" s="124"/>
+      <c r="L61" s="48"/>
+      <c r="M61" s="107"/>
       <c r="N61" s="37"/>
     </row>
-    <row r="62" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A62" s="111" t="s">
+    <row r="62" spans="1:14" s="34" customFormat="1">
+      <c r="A62" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B62" s="111" t="s">
+      <c r="B62" s="46" t="s">
         <v>233</v>
       </c>
-      <c r="C62" s="112" t="s">
+      <c r="C62" s="32" t="s">
         <v>234</v>
       </c>
-      <c r="D62" s="113" t="s">
+      <c r="D62" s="50" t="s">
         <v>235</v>
       </c>
-      <c r="E62" s="111" t="s">
+      <c r="E62" s="46" t="s">
         <v>236</v>
       </c>
-      <c r="F62" s="125"/>
-      <c r="G62" s="114" t="s">
+      <c r="F62" s="108"/>
+      <c r="G62" s="47" t="s">
         <v>204</v>
       </c>
-      <c r="H62" s="115" t="s">
+      <c r="H62" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I62" s="191" t="s">
+      <c r="I62" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J62" s="117">
+      <c r="J62" s="49">
         <v>40729</v>
       </c>
-      <c r="K62" s="117">
+      <c r="K62" s="49">
         <v>43487</v>
       </c>
-      <c r="L62" s="118"/>
-      <c r="M62" s="119"/>
+      <c r="L62" s="48"/>
+      <c r="M62" s="51"/>
       <c r="N62" s="37"/>
     </row>
-    <row r="63" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A63" s="111" t="s">
+    <row r="63" spans="1:14" s="34" customFormat="1">
+      <c r="A63" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B63" s="111" t="s">
+      <c r="B63" s="46" t="s">
         <v>237</v>
       </c>
-      <c r="C63" s="112" t="s">
+      <c r="C63" s="32" t="s">
         <v>238</v>
       </c>
-      <c r="D63" s="113" t="s">
+      <c r="D63" s="50" t="s">
         <v>239</v>
       </c>
-      <c r="E63" s="111" t="s">
+      <c r="E63" s="46" t="s">
         <v>240</v>
       </c>
-      <c r="F63" s="114"/>
-      <c r="G63" s="114" t="s">
+      <c r="F63" s="47"/>
+      <c r="G63" s="47" t="s">
         <v>241</v>
       </c>
-      <c r="H63" s="123" t="s">
+      <c r="H63" s="106" t="s">
         <v>130</v>
       </c>
-      <c r="I63" s="191" t="s">
+      <c r="I63" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J63" s="117">
+      <c r="J63" s="49">
         <v>39770</v>
       </c>
-      <c r="K63" s="117">
+      <c r="K63" s="49">
         <v>42145</v>
       </c>
-      <c r="L63" s="118"/>
-      <c r="M63" s="119"/>
+      <c r="L63" s="48"/>
+      <c r="M63" s="51"/>
       <c r="N63" s="37"/>
     </row>
-    <row r="64" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A64" s="111" t="s">
+    <row r="64" spans="1:14" s="34" customFormat="1">
+      <c r="A64" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B64" s="111" t="s">
+      <c r="B64" s="46" t="s">
         <v>242</v>
       </c>
-      <c r="C64" s="112" t="s">
+      <c r="C64" s="32" t="s">
         <v>243</v>
       </c>
-      <c r="D64" s="113" t="s">
+      <c r="D64" s="50" t="s">
         <v>244</v>
       </c>
-      <c r="E64" s="111" t="s">
+      <c r="E64" s="46" t="s">
         <v>240</v>
       </c>
-      <c r="F64" s="114"/>
-      <c r="G64" s="114" t="s">
+      <c r="F64" s="47"/>
+      <c r="G64" s="47" t="s">
         <v>241</v>
       </c>
-      <c r="H64" s="123" t="s">
+      <c r="H64" s="106" t="s">
         <v>130</v>
       </c>
-      <c r="I64" s="191" t="s">
+      <c r="I64" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J64" s="117">
+      <c r="J64" s="49">
         <v>39770</v>
       </c>
-      <c r="K64" s="117">
+      <c r="K64" s="49">
         <v>42145</v>
       </c>
-      <c r="L64" s="118"/>
-      <c r="M64" s="119"/>
+      <c r="L64" s="48"/>
+      <c r="M64" s="51"/>
       <c r="N64" s="37"/>
     </row>
-    <row r="65" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A65" s="111" t="s">
+    <row r="65" spans="1:14" s="34" customFormat="1">
+      <c r="A65" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B65" s="111" t="s">
+      <c r="B65" s="46" t="s">
         <v>245</v>
       </c>
-      <c r="C65" s="112" t="s">
+      <c r="C65" s="32" t="s">
         <v>246</v>
       </c>
-      <c r="D65" s="113" t="s">
+      <c r="D65" s="50" t="s">
         <v>247</v>
       </c>
-      <c r="E65" s="111" t="s">
+      <c r="E65" s="46" t="s">
         <v>224</v>
       </c>
-      <c r="F65" s="114"/>
-      <c r="G65" s="114" t="s">
+      <c r="F65" s="47"/>
+      <c r="G65" s="47" t="s">
         <v>248</v>
       </c>
-      <c r="H65" s="123" t="s">
+      <c r="H65" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I65" s="191" t="s">
+      <c r="I65" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J65" s="117">
+      <c r="J65" s="49">
         <v>40548</v>
       </c>
-      <c r="K65" s="117">
+      <c r="K65" s="49">
         <v>42999</v>
       </c>
-      <c r="L65" s="118"/>
-      <c r="M65" s="119"/>
+      <c r="L65" s="48"/>
+      <c r="M65" s="51"/>
       <c r="N65" s="37"/>
     </row>
-    <row r="66" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A66" s="111" t="s">
+    <row r="66" spans="1:14" s="34" customFormat="1">
+      <c r="A66" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B66" s="111" t="s">
+      <c r="B66" s="46" t="s">
         <v>249</v>
       </c>
-      <c r="C66" s="112" t="s">
+      <c r="C66" s="32" t="s">
         <v>250</v>
       </c>
-      <c r="D66" s="113" t="s">
+      <c r="D66" s="50" t="s">
         <v>251</v>
       </c>
-      <c r="E66" s="111" t="s">
+      <c r="E66" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F66" s="114"/>
-[...1 lines deleted...]
-      <c r="H66" s="115" t="s">
+      <c r="F66" s="47"/>
+      <c r="G66" s="47"/>
+      <c r="H66" s="53" t="s">
         <v>130</v>
       </c>
-      <c r="I66" s="191" t="s">
+      <c r="I66" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J66" s="117">
+      <c r="J66" s="49">
         <v>40911</v>
       </c>
-      <c r="K66" s="117">
+      <c r="K66" s="49">
         <v>42969</v>
       </c>
-      <c r="L66" s="118"/>
-      <c r="M66" s="119"/>
+      <c r="L66" s="48"/>
+      <c r="M66" s="51"/>
       <c r="N66" s="37"/>
     </row>
-    <row r="67" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A67" s="111" t="s">
+    <row r="67" spans="1:14" s="34" customFormat="1">
+      <c r="A67" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B67" s="111" t="s">
+      <c r="B67" s="46" t="s">
         <v>252</v>
       </c>
-      <c r="C67" s="112" t="s">
+      <c r="C67" s="32" t="s">
         <v>253</v>
       </c>
-      <c r="D67" s="113" t="s">
+      <c r="D67" s="50" t="s">
         <v>254</v>
       </c>
-      <c r="E67" s="111" t="s">
+      <c r="E67" s="46" t="s">
         <v>255</v>
       </c>
-      <c r="F67" s="114"/>
-      <c r="G67" s="114" t="s">
+      <c r="F67" s="47"/>
+      <c r="G67" s="47" t="s">
         <v>204</v>
       </c>
-      <c r="H67" s="123" t="s">
+      <c r="H67" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I67" s="191" t="s">
+      <c r="I67" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J67" s="117">
+      <c r="J67" s="49">
         <v>40471</v>
       </c>
-      <c r="K67" s="117">
+      <c r="K67" s="49">
         <v>42999</v>
       </c>
-      <c r="L67" s="118"/>
-      <c r="M67" s="119"/>
+      <c r="L67" s="48"/>
+      <c r="M67" s="51"/>
       <c r="N67" s="37"/>
     </row>
-    <row r="68" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A68" s="111" t="s">
+    <row r="68" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A68" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B68" s="111" t="s">
+      <c r="B68" s="46" t="s">
         <v>256</v>
       </c>
-      <c r="C68" s="120" t="s">
+      <c r="C68" s="103" t="s">
         <v>257</v>
       </c>
-      <c r="D68" s="121" t="s">
+      <c r="D68" s="104" t="s">
         <v>258</v>
       </c>
-      <c r="E68" s="121" t="s">
+      <c r="E68" s="104" t="s">
         <v>259</v>
       </c>
-      <c r="F68" s="114"/>
-      <c r="G68" s="114" t="s">
+      <c r="F68" s="47"/>
+      <c r="G68" s="47" t="s">
         <v>260</v>
       </c>
-      <c r="H68" s="123" t="s">
+      <c r="H68" s="106" t="s">
         <v>76</v>
       </c>
-      <c r="I68" s="191" t="s">
+      <c r="I68" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J68" s="118">
+      <c r="J68" s="48">
         <v>35850</v>
       </c>
-      <c r="K68" s="118"/>
-      <c r="L68" s="118">
+      <c r="K68" s="48"/>
+      <c r="L68" s="48">
         <v>43770</v>
       </c>
-      <c r="M68" s="124"/>
+      <c r="M68" s="107"/>
       <c r="N68" s="37"/>
     </row>
-    <row r="69" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A69" s="111" t="s">
+    <row r="69" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A69" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B69" s="111" t="s">
+      <c r="B69" s="46" t="s">
         <v>261</v>
       </c>
-      <c r="C69" s="112" t="s">
+      <c r="C69" s="32" t="s">
         <v>262</v>
       </c>
-      <c r="D69" s="111" t="s">
+      <c r="D69" s="46" t="s">
         <v>263</v>
       </c>
-      <c r="E69" s="121" t="s">
+      <c r="E69" s="104" t="s">
         <v>123</v>
       </c>
-      <c r="F69" s="125"/>
-      <c r="G69" s="114" t="s">
+      <c r="F69" s="108"/>
+      <c r="G69" s="47" t="s">
         <v>194</v>
       </c>
-      <c r="H69" s="192" t="s">
+      <c r="H69" s="166" t="s">
         <v>154</v>
       </c>
-      <c r="I69" s="191" t="s">
+      <c r="I69" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J69" s="118">
+      <c r="J69" s="48">
         <v>35850</v>
       </c>
-      <c r="K69" s="118"/>
-      <c r="L69" s="118">
+      <c r="K69" s="48"/>
+      <c r="L69" s="48">
         <v>43922</v>
       </c>
-      <c r="M69" s="124"/>
+      <c r="M69" s="107"/>
       <c r="N69" s="37"/>
     </row>
-    <row r="70" spans="1:14" s="34" customFormat="1" ht="56.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A70" s="111" t="s">
+    <row r="70" spans="1:14" s="34" customFormat="1" ht="56.25" customHeight="1">
+      <c r="A70" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B70" s="111" t="s">
+      <c r="B70" s="46" t="s">
         <v>264</v>
       </c>
-      <c r="C70" s="112" t="s">
+      <c r="C70" s="32" t="s">
         <v>265</v>
       </c>
-      <c r="D70" s="111" t="s">
+      <c r="D70" s="46" t="s">
         <v>266</v>
       </c>
-      <c r="E70" s="111" t="s">
+      <c r="E70" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F70" s="114"/>
-      <c r="G70" s="114" t="s">
+      <c r="F70" s="47"/>
+      <c r="G70" s="47" t="s">
         <v>248</v>
       </c>
-      <c r="H70" s="194" t="s">
+      <c r="H70" s="168" t="s">
         <v>54</v>
       </c>
-      <c r="I70" s="191" t="s">
+      <c r="I70" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J70" s="117">
+      <c r="J70" s="49">
         <v>40548</v>
       </c>
-      <c r="K70" s="117">
+      <c r="K70" s="49">
         <v>42999</v>
       </c>
-      <c r="L70" s="118"/>
-      <c r="M70" s="119"/>
+      <c r="L70" s="48"/>
+      <c r="M70" s="51"/>
       <c r="N70" s="37"/>
     </row>
-    <row r="71" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A71" s="111" t="s">
+    <row r="71" spans="1:14" s="34" customFormat="1">
+      <c r="A71" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B71" s="111" t="s">
+      <c r="B71" s="46" t="s">
         <v>268</v>
       </c>
-      <c r="C71" s="112" t="s">
+      <c r="C71" s="32" t="s">
         <v>269</v>
       </c>
-      <c r="D71" s="111" t="s">
+      <c r="D71" s="46" t="s">
         <v>270</v>
       </c>
-      <c r="E71" s="111" t="s">
+      <c r="E71" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F71" s="114"/>
-[...1 lines deleted...]
-      <c r="H71" s="115" t="s">
+      <c r="F71" s="47"/>
+      <c r="G71" s="47"/>
+      <c r="H71" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I71" s="191" t="s">
+      <c r="I71" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J71" s="117">
+      <c r="J71" s="49">
         <v>41262</v>
       </c>
-      <c r="K71" s="117">
+      <c r="K71" s="49">
         <v>44016</v>
       </c>
-      <c r="L71" s="118"/>
-      <c r="M71" s="119"/>
+      <c r="L71" s="48"/>
+      <c r="M71" s="51"/>
       <c r="N71" s="37"/>
     </row>
-    <row r="72" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A72" s="111" t="s">
+    <row r="72" spans="1:14" s="34" customFormat="1">
+      <c r="A72" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B72" s="111" t="s">
+      <c r="B72" s="46" t="s">
         <v>271</v>
       </c>
-      <c r="C72" s="112" t="s">
+      <c r="C72" s="32" t="s">
         <v>272</v>
       </c>
-      <c r="D72" s="113" t="s">
+      <c r="D72" s="50" t="s">
         <v>273</v>
       </c>
-      <c r="E72" s="111" t="s">
+      <c r="E72" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F72" s="114"/>
-      <c r="G72" s="114" t="s">
+      <c r="F72" s="47"/>
+      <c r="G72" s="47" t="s">
         <v>274</v>
       </c>
-      <c r="H72" s="123" t="s">
+      <c r="H72" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I72" s="191" t="s">
+      <c r="I72" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J72" s="117">
+      <c r="J72" s="49">
         <v>40232</v>
       </c>
-      <c r="K72" s="117">
+      <c r="K72" s="49">
         <v>42237</v>
       </c>
-      <c r="L72" s="118"/>
-      <c r="M72" s="119"/>
+      <c r="L72" s="48"/>
+      <c r="M72" s="51"/>
       <c r="N72" s="37"/>
     </row>
-    <row r="73" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A73" s="111" t="s">
+    <row r="73" spans="1:14" s="34" customFormat="1">
+      <c r="A73" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B73" s="111" t="s">
+      <c r="B73" s="46" t="s">
         <v>275</v>
       </c>
-      <c r="C73" s="112" t="s">
+      <c r="C73" s="32" t="s">
         <v>276</v>
       </c>
-      <c r="D73" s="111" t="s">
+      <c r="D73" s="46" t="s">
         <v>277</v>
       </c>
-      <c r="E73" s="111" t="s">
+      <c r="E73" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F73" s="114"/>
-      <c r="G73" s="114" t="s">
+      <c r="F73" s="47"/>
+      <c r="G73" s="47" t="s">
         <v>278</v>
       </c>
-      <c r="H73" s="115" t="s">
+      <c r="H73" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I73" s="191" t="s">
+      <c r="I73" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J73" s="117">
+      <c r="J73" s="49">
         <v>41262</v>
       </c>
-      <c r="K73" s="117">
+      <c r="K73" s="49">
         <v>44016</v>
       </c>
-      <c r="L73" s="117"/>
-      <c r="M73" s="119"/>
+      <c r="L73" s="49"/>
+      <c r="M73" s="51"/>
       <c r="N73" s="37"/>
     </row>
-    <row r="74" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A74" s="111" t="s">
+    <row r="74" spans="1:14" s="34" customFormat="1">
+      <c r="A74" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B74" s="111" t="s">
+      <c r="B74" s="46" t="s">
         <v>279</v>
       </c>
-      <c r="C74" s="112" t="s">
+      <c r="C74" s="32" t="s">
         <v>280</v>
       </c>
-      <c r="D74" s="113" t="s">
+      <c r="D74" s="50" t="s">
         <v>281</v>
       </c>
-      <c r="E74" s="111" t="s">
+      <c r="E74" s="46" t="s">
         <v>282</v>
       </c>
-      <c r="F74" s="114"/>
-      <c r="G74" s="114" t="s">
+      <c r="F74" s="47"/>
+      <c r="G74" s="47" t="s">
         <v>283</v>
       </c>
-      <c r="H74" s="123" t="s">
+      <c r="H74" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I74" s="191" t="s">
+      <c r="I74" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J74" s="117">
+      <c r="J74" s="49">
         <v>39770</v>
       </c>
-      <c r="K74" s="117">
+      <c r="K74" s="49">
         <v>41872</v>
       </c>
-      <c r="L74" s="118"/>
-      <c r="M74" s="119"/>
+      <c r="L74" s="48"/>
+      <c r="M74" s="51"/>
       <c r="N74" s="37"/>
     </row>
-    <row r="75" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A75" s="111" t="s">
+    <row r="75" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A75" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B75" s="111" t="s">
+      <c r="B75" s="46" t="s">
         <v>284</v>
       </c>
-      <c r="C75" s="112" t="s">
+      <c r="C75" s="32" t="s">
         <v>285</v>
       </c>
-      <c r="D75" s="111" t="s">
+      <c r="D75" s="46" t="s">
         <v>286</v>
       </c>
-      <c r="E75" s="111" t="s">
+      <c r="E75" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F75" s="125"/>
-      <c r="G75" s="114" t="s">
+      <c r="F75" s="108"/>
+      <c r="G75" s="47" t="s">
         <v>287</v>
       </c>
-      <c r="H75" s="115" t="s">
+      <c r="H75" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I75" s="191" t="s">
+      <c r="I75" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J75" s="117">
+      <c r="J75" s="49">
         <v>41262</v>
       </c>
-      <c r="K75" s="117">
+      <c r="K75" s="49">
         <v>44016</v>
       </c>
-      <c r="L75" s="117"/>
-      <c r="M75" s="119"/>
+      <c r="L75" s="49"/>
+      <c r="M75" s="51"/>
       <c r="N75" s="37"/>
     </row>
-    <row r="76" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A76" s="111" t="s">
+    <row r="76" spans="1:14" s="34" customFormat="1">
+      <c r="A76" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B76" s="111" t="s">
+      <c r="B76" s="46" t="s">
         <v>289</v>
       </c>
-      <c r="C76" s="112" t="s">
+      <c r="C76" s="32" t="s">
         <v>290</v>
       </c>
-      <c r="D76" s="113" t="s">
+      <c r="D76" s="50" t="s">
         <v>291</v>
       </c>
-      <c r="E76" s="111" t="s">
+      <c r="E76" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F76" s="125"/>
-      <c r="G76" s="114" t="s">
+      <c r="F76" s="108"/>
+      <c r="G76" s="47" t="s">
         <v>292</v>
       </c>
-      <c r="H76" s="123" t="s">
+      <c r="H76" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I76" s="191" t="s">
+      <c r="I76" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J76" s="117">
+      <c r="J76" s="49">
         <v>41445</v>
       </c>
-      <c r="K76" s="117">
+      <c r="K76" s="49">
         <v>44016</v>
       </c>
-      <c r="L76" s="117"/>
-      <c r="M76" s="119"/>
+      <c r="L76" s="49"/>
+      <c r="M76" s="51"/>
       <c r="N76" s="37"/>
     </row>
-    <row r="77" spans="1:14" s="34" customFormat="1" ht="34.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A77" s="111" t="s">
+    <row r="77" spans="1:14" s="34" customFormat="1" ht="34.5" customHeight="1">
+      <c r="A77" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B77" s="111" t="s">
+      <c r="B77" s="46" t="s">
         <v>293</v>
       </c>
-      <c r="C77" s="112" t="s">
+      <c r="C77" s="32" t="s">
         <v>294</v>
       </c>
-      <c r="D77" s="113" t="s">
+      <c r="D77" s="50" t="s">
         <v>295</v>
       </c>
-      <c r="E77" s="111" t="s">
+      <c r="E77" s="46" t="s">
         <v>296</v>
       </c>
-      <c r="F77" s="114"/>
-      <c r="G77" s="114" t="s">
+      <c r="F77" s="47"/>
+      <c r="G77" s="47" t="s">
         <v>297</v>
       </c>
-      <c r="H77" s="123" t="s">
+      <c r="H77" s="106" t="s">
         <v>130</v>
       </c>
-      <c r="I77" s="191" t="s">
+      <c r="I77" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J77" s="117">
+      <c r="J77" s="49">
         <v>40232</v>
       </c>
-      <c r="K77" s="117">
+      <c r="K77" s="49">
         <v>42056</v>
       </c>
-      <c r="L77" s="118"/>
-      <c r="M77" s="119"/>
+      <c r="L77" s="48"/>
+      <c r="M77" s="51"/>
       <c r="N77" s="37"/>
     </row>
-    <row r="78" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A78" s="111" t="s">
+    <row r="78" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A78" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B78" s="111" t="s">
+      <c r="B78" s="46" t="s">
         <v>298</v>
       </c>
-      <c r="C78" s="112" t="s">
+      <c r="C78" s="32" t="s">
         <v>299</v>
       </c>
-      <c r="D78" s="113" t="s">
+      <c r="D78" s="50" t="s">
         <v>300</v>
       </c>
-      <c r="E78" s="111" t="s">
+      <c r="E78" s="46" t="s">
         <v>301</v>
       </c>
-      <c r="F78" s="114"/>
-      <c r="G78" s="114" t="s">
+      <c r="F78" s="47"/>
+      <c r="G78" s="47" t="s">
         <v>1276</v>
       </c>
-      <c r="H78" s="123" t="s">
+      <c r="H78" s="106" t="s">
         <v>130</v>
       </c>
-      <c r="I78" s="191" t="s">
+      <c r="I78" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J78" s="117">
+      <c r="J78" s="49">
         <v>35852</v>
       </c>
-      <c r="K78" s="117">
+      <c r="K78" s="49">
         <v>42056</v>
       </c>
-      <c r="L78" s="118"/>
-      <c r="M78" s="119"/>
+      <c r="L78" s="48"/>
+      <c r="M78" s="51"/>
       <c r="N78" s="37"/>
     </row>
-    <row r="79" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A79" s="111" t="s">
+    <row r="79" spans="1:14" s="34" customFormat="1">
+      <c r="A79" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B79" s="111" t="s">
+      <c r="B79" s="46" t="s">
         <v>303</v>
       </c>
-      <c r="C79" s="112" t="s">
+      <c r="C79" s="32" t="s">
         <v>304</v>
       </c>
-      <c r="D79" s="113" t="s">
+      <c r="D79" s="50" t="s">
         <v>305</v>
       </c>
-      <c r="E79" s="111" t="s">
+      <c r="E79" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F79" s="114"/>
-      <c r="G79" s="114" t="s">
+      <c r="F79" s="47"/>
+      <c r="G79" s="47" t="s">
         <v>306</v>
       </c>
-      <c r="H79" s="123" t="s">
+      <c r="H79" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I79" s="191" t="s">
+      <c r="I79" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J79" s="117">
+      <c r="J79" s="49">
         <v>37483</v>
       </c>
-      <c r="K79" s="117">
+      <c r="K79" s="49">
         <v>44016</v>
       </c>
-      <c r="L79" s="117"/>
-      <c r="M79" s="119"/>
+      <c r="L79" s="49"/>
+      <c r="M79" s="51"/>
       <c r="N79" s="37"/>
     </row>
-    <row r="80" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A80" s="111" t="s">
+    <row r="80" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A80" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B80" s="111" t="s">
+      <c r="B80" s="46" t="s">
         <v>307</v>
       </c>
-      <c r="C80" s="112" t="s">
+      <c r="C80" s="32" t="s">
         <v>308</v>
       </c>
-      <c r="D80" s="113" t="s">
+      <c r="D80" s="50" t="s">
         <v>309</v>
       </c>
-      <c r="E80" s="111" t="s">
+      <c r="E80" s="46" t="s">
         <v>310</v>
       </c>
-      <c r="F80" s="114"/>
-      <c r="G80" s="114" t="s">
+      <c r="F80" s="47"/>
+      <c r="G80" s="47" t="s">
         <v>311</v>
       </c>
-      <c r="H80" s="123" t="s">
+      <c r="H80" s="106" t="s">
         <v>130</v>
       </c>
-      <c r="I80" s="191" t="s">
+      <c r="I80" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J80" s="117">
+      <c r="J80" s="49">
         <v>38041</v>
       </c>
-      <c r="K80" s="117">
+      <c r="K80" s="49">
         <v>42056</v>
       </c>
-      <c r="L80" s="118"/>
-      <c r="M80" s="119"/>
+      <c r="L80" s="48"/>
+      <c r="M80" s="51"/>
       <c r="N80" s="37"/>
     </row>
-    <row r="81" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A81" s="111" t="s">
+    <row r="81" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A81" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B81" s="111" t="s">
+      <c r="B81" s="46" t="s">
         <v>312</v>
       </c>
-      <c r="C81" s="112" t="s">
+      <c r="C81" s="32" t="s">
         <v>313</v>
       </c>
-      <c r="D81" s="113" t="s">
+      <c r="D81" s="50" t="s">
         <v>314</v>
       </c>
-      <c r="E81" s="111" t="s">
+      <c r="E81" s="46" t="s">
         <v>301</v>
       </c>
-      <c r="F81" s="114"/>
-      <c r="G81" s="114" t="s">
+      <c r="F81" s="47"/>
+      <c r="G81" s="47" t="s">
         <v>302</v>
       </c>
-      <c r="H81" s="123" t="s">
+      <c r="H81" s="106" t="s">
         <v>130</v>
       </c>
-      <c r="I81" s="191" t="s">
+      <c r="I81" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J81" s="117">
+      <c r="J81" s="49">
         <v>35852</v>
       </c>
-      <c r="K81" s="117">
+      <c r="K81" s="49">
         <v>42056</v>
       </c>
-      <c r="L81" s="118"/>
-      <c r="M81" s="119"/>
+      <c r="L81" s="48"/>
+      <c r="M81" s="51"/>
       <c r="N81" s="37"/>
     </row>
-    <row r="82" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A82" s="111" t="s">
+    <row r="82" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A82" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B82" s="111" t="s">
+      <c r="B82" s="46" t="s">
         <v>315</v>
       </c>
-      <c r="C82" s="112" t="s">
+      <c r="C82" s="32" t="s">
         <v>316</v>
       </c>
-      <c r="D82" s="113" t="s">
+      <c r="D82" s="50" t="s">
         <v>317</v>
       </c>
-      <c r="E82" s="111" t="s">
+      <c r="E82" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F82" s="114"/>
-      <c r="G82" s="114" t="s">
+      <c r="F82" s="47"/>
+      <c r="G82" s="47" t="s">
         <v>318</v>
       </c>
-      <c r="H82" s="115" t="s">
+      <c r="H82" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I82" s="191" t="s">
+      <c r="I82" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J82" s="117">
+      <c r="J82" s="49">
         <v>40729</v>
       </c>
-      <c r="K82" s="117">
+      <c r="K82" s="49">
         <v>44016</v>
       </c>
-      <c r="L82" s="117"/>
-      <c r="M82" s="119"/>
+      <c r="L82" s="49"/>
+      <c r="M82" s="51"/>
       <c r="N82" s="37"/>
     </row>
-    <row r="83" spans="1:14" s="34" customFormat="1" ht="46.5" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A83" s="111" t="s">
+    <row r="83" spans="1:14" s="34" customFormat="1" ht="46.5" customHeight="1">
+      <c r="A83" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B83" s="111" t="s">
+      <c r="B83" s="46" t="s">
         <v>319</v>
       </c>
-      <c r="C83" s="112" t="s">
+      <c r="C83" s="32" t="s">
         <v>320</v>
       </c>
-      <c r="D83" s="113" t="s">
+      <c r="D83" s="50" t="s">
         <v>321</v>
       </c>
-      <c r="E83" s="111" t="s">
+      <c r="E83" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F83" s="114"/>
-      <c r="G83" s="114" t="s">
+      <c r="F83" s="47"/>
+      <c r="G83" s="47" t="s">
         <v>322</v>
       </c>
-      <c r="H83" s="115" t="s">
+      <c r="H83" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I83" s="191" t="s">
+      <c r="I83" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J83" s="117">
+      <c r="J83" s="49">
         <v>40729</v>
       </c>
-      <c r="K83" s="117">
+      <c r="K83" s="49">
         <v>44016</v>
       </c>
-      <c r="L83" s="117"/>
-      <c r="M83" s="119"/>
+      <c r="L83" s="49"/>
+      <c r="M83" s="51"/>
       <c r="N83" s="37"/>
     </row>
-    <row r="84" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A84" s="111" t="s">
+    <row r="84" spans="1:14" s="34" customFormat="1">
+      <c r="A84" s="46" t="s">
         <v>323</v>
       </c>
-      <c r="B84" s="111" t="s">
+      <c r="B84" s="46" t="s">
         <v>324</v>
       </c>
-      <c r="C84" s="120" t="s">
+      <c r="C84" s="103" t="s">
         <v>325</v>
       </c>
-      <c r="D84" s="121" t="s">
+      <c r="D84" s="104" t="s">
         <v>326</v>
       </c>
-      <c r="E84" s="121" t="s">
+      <c r="E84" s="104" t="s">
         <v>53</v>
       </c>
-      <c r="F84" s="114"/>
-      <c r="G84" s="114" t="s">
+      <c r="F84" s="47"/>
+      <c r="G84" s="47" t="s">
         <v>327</v>
       </c>
-      <c r="H84" s="123" t="s">
+      <c r="H84" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I84" s="191" t="s">
+      <c r="I84" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J84" s="118">
+      <c r="J84" s="48">
         <v>35850</v>
       </c>
-      <c r="K84" s="118"/>
-      <c r="L84" s="118">
+      <c r="K84" s="48"/>
+      <c r="L84" s="48">
         <v>43770</v>
       </c>
-      <c r="M84" s="124"/>
+      <c r="M84" s="107"/>
       <c r="N84" s="37"/>
     </row>
-    <row r="85" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A85" s="111" t="s">
+    <row r="85" spans="1:14" s="34" customFormat="1">
+      <c r="A85" s="46" t="s">
         <v>323</v>
       </c>
-      <c r="B85" s="111" t="s">
+      <c r="B85" s="46" t="s">
         <v>328</v>
       </c>
-      <c r="C85" s="120" t="s">
+      <c r="C85" s="103" t="s">
         <v>329</v>
       </c>
-      <c r="D85" s="121" t="s">
+      <c r="D85" s="104" t="s">
         <v>330</v>
       </c>
-      <c r="E85" s="121" t="s">
+      <c r="E85" s="104" t="s">
         <v>53</v>
       </c>
-      <c r="F85" s="114"/>
-      <c r="G85" s="114" t="s">
+      <c r="F85" s="47"/>
+      <c r="G85" s="47" t="s">
         <v>331</v>
       </c>
-      <c r="H85" s="123" t="s">
+      <c r="H85" s="106" t="s">
         <v>76</v>
       </c>
-      <c r="I85" s="191" t="s">
+      <c r="I85" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J85" s="118">
+      <c r="J85" s="48">
         <v>35850</v>
       </c>
-      <c r="K85" s="118"/>
-      <c r="L85" s="118">
+      <c r="K85" s="48"/>
+      <c r="L85" s="48">
         <v>43770</v>
       </c>
-      <c r="M85" s="124"/>
+      <c r="M85" s="107"/>
       <c r="N85" s="37"/>
     </row>
-    <row r="86" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A86" s="111" t="s">
+    <row r="86" spans="1:14" s="34" customFormat="1">
+      <c r="A86" s="46" t="s">
         <v>323</v>
       </c>
-      <c r="B86" s="111" t="s">
+      <c r="B86" s="46" t="s">
         <v>332</v>
       </c>
-      <c r="C86" s="120" t="s">
+      <c r="C86" s="103" t="s">
         <v>333</v>
       </c>
-      <c r="D86" s="121" t="s">
+      <c r="D86" s="104" t="s">
         <v>334</v>
       </c>
-      <c r="E86" s="121" t="s">
+      <c r="E86" s="104" t="s">
         <v>53</v>
       </c>
-      <c r="F86" s="114"/>
-      <c r="G86" s="114" t="s">
+      <c r="F86" s="47"/>
+      <c r="G86" s="47" t="s">
         <v>331</v>
       </c>
-      <c r="H86" s="192" t="s">
+      <c r="H86" s="166" t="s">
         <v>154</v>
       </c>
-      <c r="I86" s="191" t="s">
+      <c r="I86" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J86" s="118">
+      <c r="J86" s="48">
         <v>35850</v>
       </c>
-      <c r="K86" s="118"/>
-      <c r="L86" s="118">
+      <c r="K86" s="48"/>
+      <c r="L86" s="48">
         <v>43922</v>
       </c>
-      <c r="M86" s="124"/>
+      <c r="M86" s="107"/>
       <c r="N86" s="37"/>
     </row>
-    <row r="87" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A87" s="111" t="s">
+    <row r="87" spans="1:14" s="34" customFormat="1">
+      <c r="A87" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B87" s="111" t="s">
+      <c r="B87" s="46" t="s">
         <v>336</v>
       </c>
-      <c r="C87" s="112" t="s">
+      <c r="C87" s="32" t="s">
         <v>337</v>
       </c>
-      <c r="D87" s="113" t="s">
+      <c r="D87" s="50" t="s">
         <v>338</v>
       </c>
-      <c r="E87" s="111" t="s">
+      <c r="E87" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F87" s="114"/>
-      <c r="G87" s="114" t="s">
+      <c r="F87" s="47"/>
+      <c r="G87" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H87" s="123" t="s">
+      <c r="H87" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I87" s="191" t="s">
+      <c r="I87" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J87" s="117">
+      <c r="J87" s="49">
         <v>35852</v>
       </c>
-      <c r="K87" s="117">
+      <c r="K87" s="49">
         <v>42481</v>
       </c>
-      <c r="L87" s="118"/>
-      <c r="M87" s="119"/>
+      <c r="L87" s="48"/>
+      <c r="M87" s="51"/>
       <c r="N87" s="37"/>
     </row>
-    <row r="88" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A88" s="111" t="s">
+    <row r="88" spans="1:14" s="34" customFormat="1">
+      <c r="A88" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B88" s="111" t="s">
+      <c r="B88" s="46" t="s">
         <v>339</v>
       </c>
-      <c r="C88" s="112" t="s">
+      <c r="C88" s="32" t="s">
         <v>340</v>
       </c>
-      <c r="D88" s="113" t="s">
+      <c r="D88" s="50" t="s">
         <v>341</v>
       </c>
-      <c r="E88" s="111" t="s">
+      <c r="E88" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F88" s="114"/>
-      <c r="G88" s="114" t="s">
+      <c r="F88" s="47"/>
+      <c r="G88" s="47" t="s">
         <v>342</v>
       </c>
-      <c r="H88" s="123" t="s">
+      <c r="H88" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I88" s="191" t="s">
+      <c r="I88" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J88" s="128">
+      <c r="J88" s="111">
         <v>35852</v>
       </c>
-      <c r="K88" s="128">
+      <c r="K88" s="111">
         <v>43061</v>
       </c>
-      <c r="L88" s="118"/>
-      <c r="M88" s="129"/>
+      <c r="L88" s="48"/>
+      <c r="M88" s="112"/>
       <c r="N88" s="37"/>
     </row>
-    <row r="89" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A89" s="111" t="s">
+    <row r="89" spans="1:14" s="34" customFormat="1">
+      <c r="A89" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B89" s="111" t="s">
+      <c r="B89" s="46" t="s">
         <v>343</v>
       </c>
-      <c r="C89" s="112" t="s">
+      <c r="C89" s="32" t="s">
         <v>344</v>
       </c>
-      <c r="D89" s="113" t="s">
+      <c r="D89" s="50" t="s">
         <v>345</v>
       </c>
-      <c r="E89" s="111" t="s">
+      <c r="E89" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F89" s="114"/>
-[...1 lines deleted...]
-      <c r="H89" s="123" t="s">
+      <c r="F89" s="47"/>
+      <c r="G89" s="47"/>
+      <c r="H89" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I89" s="191" t="s">
+      <c r="I89" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J89" s="117">
+      <c r="J89" s="49">
         <v>40911</v>
       </c>
-      <c r="K89" s="117">
+      <c r="K89" s="49">
         <v>42969</v>
       </c>
-      <c r="L89" s="118"/>
-      <c r="M89" s="119"/>
+      <c r="L89" s="48"/>
+      <c r="M89" s="51"/>
       <c r="N89" s="37"/>
     </row>
-    <row r="90" spans="1:14" s="34" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A90" s="111" t="s">
+    <row r="90" spans="1:14" s="34" customFormat="1" ht="21" customHeight="1">
+      <c r="A90" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B90" s="111" t="s">
+      <c r="B90" s="46" t="s">
         <v>346</v>
       </c>
-      <c r="C90" s="112" t="s">
+      <c r="C90" s="32" t="s">
         <v>347</v>
       </c>
-      <c r="D90" s="113" t="s">
+      <c r="D90" s="50" t="s">
         <v>348</v>
       </c>
-      <c r="E90" s="111" t="s">
+      <c r="E90" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F90" s="114"/>
-      <c r="G90" s="114" t="s">
+      <c r="F90" s="47"/>
+      <c r="G90" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H90" s="123" t="s">
+      <c r="H90" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I90" s="191" t="s">
+      <c r="I90" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J90" s="117">
+      <c r="J90" s="49">
         <v>41262</v>
       </c>
-      <c r="K90" s="117">
+      <c r="K90" s="49">
         <v>44016</v>
       </c>
-      <c r="L90" s="117"/>
-      <c r="M90" s="119"/>
+      <c r="L90" s="49"/>
+      <c r="M90" s="51"/>
       <c r="N90" s="37"/>
     </row>
-    <row r="91" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A91" s="111" t="s">
+    <row r="91" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A91" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B91" s="111" t="s">
+      <c r="B91" s="46" t="s">
         <v>349</v>
       </c>
-      <c r="C91" s="120" t="s">
+      <c r="C91" s="103" t="s">
         <v>350</v>
       </c>
-      <c r="D91" s="121" t="s">
+      <c r="D91" s="104" t="s">
         <v>351</v>
       </c>
-      <c r="E91" s="121" t="s">
+      <c r="E91" s="104" t="s">
         <v>1342</v>
       </c>
-      <c r="F91" s="114" t="s">
+      <c r="F91" s="47" t="s">
         <v>1313</v>
       </c>
-      <c r="G91" s="114" t="s">
+      <c r="G91" s="47" t="s">
         <v>353</v>
       </c>
-      <c r="H91" s="123" t="s">
+      <c r="H91" s="106" t="s">
         <v>76</v>
       </c>
-      <c r="I91" s="191" t="s">
+      <c r="I91" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J91" s="118">
+      <c r="J91" s="48">
         <v>37483</v>
       </c>
-      <c r="K91" s="118"/>
-      <c r="L91" s="118">
+      <c r="K91" s="48"/>
+      <c r="L91" s="48">
         <v>43770</v>
       </c>
-      <c r="M91" s="124"/>
+      <c r="M91" s="107"/>
       <c r="N91" s="37"/>
     </row>
-    <row r="92" spans="1:14" s="34" customFormat="1" ht="71.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A92" s="111" t="s">
+    <row r="92" spans="1:14" s="34" customFormat="1" ht="71.25" customHeight="1">
+      <c r="A92" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B92" s="111" t="s">
+      <c r="B92" s="46" t="s">
         <v>354</v>
       </c>
-      <c r="C92" s="120" t="s">
+      <c r="C92" s="103" t="s">
         <v>355</v>
       </c>
-      <c r="D92" s="121" t="s">
+      <c r="D92" s="104" t="s">
         <v>356</v>
       </c>
-      <c r="E92" s="121" t="s">
+      <c r="E92" s="104" t="s">
         <v>150</v>
       </c>
-      <c r="F92" s="125"/>
-      <c r="G92" s="114" t="s">
+      <c r="F92" s="108"/>
+      <c r="G92" s="47" t="s">
         <v>1277</v>
       </c>
-      <c r="H92" s="123" t="s">
+      <c r="H92" s="106" t="s">
         <v>90</v>
       </c>
-      <c r="I92" s="191" t="s">
+      <c r="I92" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J92" s="118">
+      <c r="J92" s="48">
         <v>37483</v>
       </c>
-      <c r="K92" s="118"/>
-      <c r="L92" s="118">
+      <c r="K92" s="48"/>
+      <c r="L92" s="48">
         <v>43770</v>
       </c>
-      <c r="M92" s="124"/>
+      <c r="M92" s="107"/>
       <c r="N92" s="37"/>
     </row>
-    <row r="93" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A93" s="111" t="s">
+    <row r="93" spans="1:14" s="34" customFormat="1">
+      <c r="A93" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B93" s="111" t="s">
+      <c r="B93" s="46" t="s">
         <v>357</v>
       </c>
-      <c r="C93" s="120" t="s">
+      <c r="C93" s="103" t="s">
         <v>358</v>
       </c>
-      <c r="D93" s="121" t="s">
+      <c r="D93" s="104" t="s">
         <v>359</v>
       </c>
-      <c r="E93" s="121" t="s">
+      <c r="E93" s="104" t="s">
         <v>150</v>
       </c>
-      <c r="F93" s="114"/>
-      <c r="G93" s="114" t="s">
+      <c r="F93" s="47"/>
+      <c r="G93" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H93" s="123" t="s">
+      <c r="H93" s="106" t="s">
         <v>90</v>
       </c>
-      <c r="I93" s="191" t="s">
+      <c r="I93" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J93" s="118">
+      <c r="J93" s="48">
         <v>37483</v>
       </c>
-      <c r="K93" s="118"/>
-      <c r="L93" s="118">
+      <c r="K93" s="48"/>
+      <c r="L93" s="48">
         <v>43770</v>
       </c>
-      <c r="M93" s="124"/>
+      <c r="M93" s="107"/>
       <c r="N93" s="37"/>
     </row>
-    <row r="94" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A94" s="111" t="s">
+    <row r="94" spans="1:14" s="34" customFormat="1">
+      <c r="A94" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B94" s="111" t="s">
+      <c r="B94" s="46" t="s">
         <v>360</v>
       </c>
-      <c r="C94" s="120" t="s">
+      <c r="C94" s="103" t="s">
         <v>361</v>
       </c>
-      <c r="D94" s="121" t="s">
+      <c r="D94" s="104" t="s">
         <v>362</v>
       </c>
-      <c r="E94" s="121" t="s">
+      <c r="E94" s="104" t="s">
         <v>150</v>
       </c>
-      <c r="F94" s="114"/>
-      <c r="G94" s="114" t="s">
+      <c r="F94" s="47"/>
+      <c r="G94" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H94" s="192" t="s">
+      <c r="H94" s="166" t="s">
         <v>90</v>
       </c>
-      <c r="I94" s="191" t="s">
+      <c r="I94" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J94" s="118">
+      <c r="J94" s="48">
         <v>37483</v>
       </c>
-      <c r="K94" s="118"/>
-      <c r="L94" s="118">
+      <c r="K94" s="48"/>
+      <c r="L94" s="48">
         <v>43922</v>
       </c>
-      <c r="M94" s="124"/>
+      <c r="M94" s="107"/>
       <c r="N94" s="37"/>
     </row>
-    <row r="95" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A95" s="111" t="s">
+    <row r="95" spans="1:14" s="34" customFormat="1">
+      <c r="A95" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B95" s="111" t="s">
+      <c r="B95" s="46" t="s">
         <v>363</v>
       </c>
-      <c r="C95" s="120" t="s">
+      <c r="C95" s="103" t="s">
         <v>364</v>
       </c>
-      <c r="D95" s="121" t="s">
+      <c r="D95" s="104" t="s">
         <v>365</v>
       </c>
-      <c r="E95" s="121" t="s">
+      <c r="E95" s="104" t="s">
         <v>150</v>
       </c>
-      <c r="F95" s="114"/>
-      <c r="G95" s="114" t="s">
+      <c r="F95" s="47"/>
+      <c r="G95" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H95" s="123" t="s">
+      <c r="H95" s="106" t="s">
         <v>90</v>
       </c>
-      <c r="I95" s="191" t="s">
+      <c r="I95" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J95" s="118">
+      <c r="J95" s="48">
         <v>37483</v>
       </c>
-      <c r="K95" s="118"/>
-      <c r="L95" s="118">
+      <c r="K95" s="48"/>
+      <c r="L95" s="48">
         <v>43770</v>
       </c>
-      <c r="M95" s="124"/>
+      <c r="M95" s="107"/>
       <c r="N95" s="37"/>
     </row>
-    <row r="96" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A96" s="111" t="s">
+    <row r="96" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A96" s="46" t="s">
         <v>366</v>
       </c>
-      <c r="B96" s="111" t="s">
+      <c r="B96" s="46" t="s">
         <v>367</v>
       </c>
-      <c r="C96" s="120" t="s">
+      <c r="C96" s="103" t="s">
         <v>368</v>
       </c>
-      <c r="D96" s="121" t="s">
+      <c r="D96" s="104" t="s">
         <v>369</v>
       </c>
-      <c r="E96" s="121" t="s">
+      <c r="E96" s="104" t="s">
         <v>74</v>
       </c>
-      <c r="F96" s="114"/>
-      <c r="G96" s="114" t="s">
+      <c r="F96" s="47"/>
+      <c r="G96" s="47" t="s">
         <v>370</v>
       </c>
-      <c r="H96" s="123" t="s">
+      <c r="H96" s="106" t="s">
         <v>371</v>
       </c>
-      <c r="I96" s="191" t="s">
+      <c r="I96" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J96" s="118">
+      <c r="J96" s="48">
         <v>35850</v>
       </c>
-      <c r="K96" s="118">
+      <c r="K96" s="48">
         <v>44200</v>
       </c>
-      <c r="L96" s="118"/>
-      <c r="M96" s="124"/>
+      <c r="L96" s="48"/>
+      <c r="M96" s="107"/>
       <c r="N96" s="37"/>
     </row>
-    <row r="97" spans="1:14" s="34" customFormat="1" ht="293.25" x14ac:dyDescent="0.2">
-      <c r="A97" s="111" t="s">
+    <row r="97" spans="1:14" s="34" customFormat="1" ht="293.25">
+      <c r="A97" s="46" t="s">
         <v>366</v>
       </c>
-      <c r="B97" s="111" t="s">
+      <c r="B97" s="46" t="s">
         <v>372</v>
       </c>
-      <c r="C97" s="120" t="s">
+      <c r="C97" s="103" t="s">
         <v>373</v>
       </c>
-      <c r="D97" s="121" t="s">
+      <c r="D97" s="104" t="s">
         <v>374</v>
       </c>
-      <c r="E97" s="121" t="s">
+      <c r="E97" s="104" t="s">
         <v>74</v>
       </c>
-      <c r="F97" s="114"/>
-      <c r="G97" s="114" t="s">
+      <c r="F97" s="47"/>
+      <c r="G97" s="47" t="s">
         <v>370</v>
       </c>
-      <c r="H97" s="123" t="s">
+      <c r="H97" s="106" t="s">
         <v>375</v>
       </c>
-      <c r="I97" s="191" t="s">
+      <c r="I97" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J97" s="118">
+      <c r="J97" s="48">
         <v>35850</v>
       </c>
-      <c r="K97" s="118">
+      <c r="K97" s="48">
         <v>44200</v>
       </c>
-      <c r="L97" s="118"/>
-      <c r="M97" s="124"/>
+      <c r="L97" s="48"/>
+      <c r="M97" s="107"/>
       <c r="N97" s="37"/>
     </row>
-    <row r="98" spans="1:14" s="34" customFormat="1" ht="51" x14ac:dyDescent="0.2">
-      <c r="A98" s="111" t="s">
+    <row r="98" spans="1:14" s="34" customFormat="1" ht="51">
+      <c r="A98" s="46" t="s">
         <v>366</v>
       </c>
-      <c r="B98" s="111" t="s">
+      <c r="B98" s="46" t="s">
         <v>376</v>
       </c>
-      <c r="C98" s="112" t="s">
+      <c r="C98" s="32" t="s">
         <v>377</v>
       </c>
-      <c r="D98" s="111" t="s">
+      <c r="D98" s="46" t="s">
         <v>378</v>
       </c>
-      <c r="E98" s="111"/>
-[...1 lines deleted...]
-      <c r="G98" s="114" t="s">
+      <c r="E98" s="46"/>
+      <c r="F98" s="108"/>
+      <c r="G98" s="47" t="s">
         <v>1278</v>
       </c>
-      <c r="H98" s="123" t="s">
+      <c r="H98" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I98" s="191" t="s">
+      <c r="I98" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J98" s="117">
+      <c r="J98" s="49">
         <v>41262</v>
       </c>
-      <c r="K98" s="117">
+      <c r="K98" s="49">
         <v>44200</v>
       </c>
-      <c r="L98" s="117"/>
-      <c r="M98" s="119"/>
+      <c r="L98" s="49"/>
+      <c r="M98" s="51"/>
       <c r="N98" s="37"/>
     </row>
-    <row r="99" spans="1:14" s="34" customFormat="1" ht="45.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A99" s="111" t="s">
+    <row r="99" spans="1:14" s="34" customFormat="1" ht="45.75" customHeight="1">
+      <c r="A99" s="46" t="s">
         <v>366</v>
       </c>
-      <c r="B99" s="111" t="s">
+      <c r="B99" s="46" t="s">
         <v>379</v>
       </c>
-      <c r="C99" s="120" t="s">
+      <c r="C99" s="103" t="s">
         <v>380</v>
       </c>
-      <c r="D99" s="121" t="s">
+      <c r="D99" s="104" t="s">
         <v>381</v>
       </c>
-      <c r="E99" s="121" t="s">
+      <c r="E99" s="104" t="s">
         <v>74</v>
       </c>
-      <c r="F99" s="114"/>
-      <c r="G99" s="114" t="s">
+      <c r="F99" s="47"/>
+      <c r="G99" s="47" t="s">
         <v>382</v>
       </c>
-      <c r="H99" s="123" t="s">
+      <c r="H99" s="106" t="s">
         <v>69</v>
       </c>
-      <c r="I99" s="191" t="s">
+      <c r="I99" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J99" s="118">
+      <c r="J99" s="48">
         <v>35850</v>
       </c>
-      <c r="K99" s="118"/>
-      <c r="L99" s="118">
+      <c r="K99" s="48"/>
+      <c r="L99" s="48">
         <v>43770</v>
       </c>
-      <c r="M99" s="124"/>
+      <c r="M99" s="107"/>
       <c r="N99" s="37"/>
     </row>
-    <row r="100" spans="1:14" s="34" customFormat="1" ht="165.75" x14ac:dyDescent="0.2">
-      <c r="A100" s="111" t="s">
+    <row r="100" spans="1:14" s="34" customFormat="1" ht="165.75">
+      <c r="A100" s="46" t="s">
         <v>366</v>
       </c>
-      <c r="B100" s="111" t="s">
+      <c r="B100" s="46" t="s">
         <v>383</v>
       </c>
-      <c r="C100" s="121" t="s">
+      <c r="C100" s="104" t="s">
         <v>384</v>
       </c>
-      <c r="D100" s="121" t="s">
+      <c r="D100" s="104" t="s">
         <v>385</v>
       </c>
-      <c r="E100" s="121" t="s">
+      <c r="E100" s="104" t="s">
         <v>74</v>
       </c>
-      <c r="F100" s="114"/>
-      <c r="G100" s="114" t="s">
+      <c r="F100" s="47"/>
+      <c r="G100" s="47" t="s">
         <v>382</v>
       </c>
-      <c r="H100" s="192" t="s">
+      <c r="H100" s="166" t="s">
         <v>154</v>
       </c>
-      <c r="I100" s="191" t="s">
+      <c r="I100" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J100" s="118">
+      <c r="J100" s="48">
         <v>35850</v>
       </c>
-      <c r="K100" s="118"/>
-      <c r="L100" s="118">
+      <c r="K100" s="48"/>
+      <c r="L100" s="48">
         <v>43922</v>
       </c>
-      <c r="M100" s="124"/>
+      <c r="M100" s="107"/>
       <c r="N100" s="37"/>
     </row>
-    <row r="101" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A101" s="111" t="s">
+    <row r="101" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A101" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B101" s="111" t="s">
+      <c r="B101" s="46" t="s">
         <v>404</v>
       </c>
-      <c r="C101" s="112" t="s">
+      <c r="C101" s="32" t="s">
         <v>405</v>
       </c>
-      <c r="D101" s="113" t="s">
+      <c r="D101" s="50" t="s">
         <v>406</v>
       </c>
-      <c r="E101" s="111" t="s">
+      <c r="E101" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F101" s="114"/>
-      <c r="G101" s="114" t="s">
+      <c r="F101" s="47"/>
+      <c r="G101" s="47" t="s">
         <v>407</v>
       </c>
-      <c r="H101" s="123" t="s">
+      <c r="H101" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I101" s="191" t="s">
+      <c r="I101" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J101" s="117">
+      <c r="J101" s="49">
         <v>41624</v>
       </c>
-      <c r="K101" s="117">
+      <c r="K101" s="49">
         <v>45073</v>
       </c>
-      <c r="L101" s="117">
+      <c r="L101" s="49">
         <v>44949</v>
       </c>
-      <c r="M101" s="119"/>
+      <c r="M101" s="51"/>
       <c r="N101" s="37"/>
     </row>
-    <row r="102" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A102" s="111" t="s">
+    <row r="102" spans="1:14" s="34" customFormat="1">
+      <c r="A102" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B102" s="111" t="s">
+      <c r="B102" s="46" t="s">
         <v>503</v>
       </c>
-      <c r="C102" s="112" t="s">
+      <c r="C102" s="32" t="s">
         <v>504</v>
       </c>
-      <c r="D102" s="113" t="s">
+      <c r="D102" s="50" t="s">
         <v>505</v>
       </c>
-      <c r="E102" s="111" t="s">
+      <c r="E102" s="46" t="s">
         <v>85</v>
       </c>
-      <c r="F102" s="125"/>
-      <c r="G102" s="114" t="s">
+      <c r="F102" s="108"/>
+      <c r="G102" s="47" t="s">
         <v>506</v>
       </c>
-      <c r="H102" s="115"/>
-      <c r="I102" s="191" t="s">
+      <c r="H102" s="53"/>
+      <c r="I102" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J102" s="128">
+      <c r="J102" s="111">
         <v>35852</v>
       </c>
-      <c r="K102" s="128"/>
-      <c r="L102" s="128">
+      <c r="K102" s="111"/>
+      <c r="L102" s="111">
         <v>45359</v>
       </c>
-      <c r="M102" s="129"/>
+      <c r="M102" s="112"/>
       <c r="N102" s="37"/>
     </row>
-    <row r="103" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A103" s="111" t="s">
+    <row r="103" spans="1:14" s="34" customFormat="1">
+      <c r="A103" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B103" s="111" t="s">
+      <c r="B103" s="46" t="s">
         <v>507</v>
       </c>
-      <c r="C103" s="112" t="s">
+      <c r="C103" s="32" t="s">
         <v>508</v>
       </c>
-      <c r="D103" s="113" t="s">
+      <c r="D103" s="50" t="s">
         <v>509</v>
       </c>
-      <c r="E103" s="111" t="s">
+      <c r="E103" s="46" t="s">
         <v>510</v>
       </c>
-      <c r="F103" s="125"/>
-      <c r="G103" s="114" t="s">
+      <c r="F103" s="108"/>
+      <c r="G103" s="47" t="s">
         <v>511</v>
       </c>
-      <c r="H103" s="115"/>
-      <c r="I103" s="191" t="s">
+      <c r="H103" s="53"/>
+      <c r="I103" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J103" s="128">
+      <c r="J103" s="111">
         <v>35852</v>
       </c>
-      <c r="K103" s="128"/>
-      <c r="L103" s="128">
+      <c r="K103" s="111"/>
+      <c r="L103" s="111">
         <v>45359</v>
       </c>
-      <c r="M103" s="129"/>
+      <c r="M103" s="112"/>
       <c r="N103" s="37"/>
     </row>
-    <row r="104" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A104" s="111" t="s">
+    <row r="104" spans="1:14" s="34" customFormat="1">
+      <c r="A104" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B104" s="111" t="s">
+      <c r="B104" s="46" t="s">
         <v>515</v>
       </c>
-      <c r="C104" s="112" t="s">
+      <c r="C104" s="32" t="s">
         <v>516</v>
       </c>
-      <c r="D104" s="113" t="s">
+      <c r="D104" s="50" t="s">
         <v>517</v>
       </c>
-      <c r="E104" s="111" t="s">
+      <c r="E104" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F104" s="125"/>
-      <c r="G104" s="114" t="s">
+      <c r="F104" s="108"/>
+      <c r="G104" s="47" t="s">
         <v>518</v>
       </c>
-      <c r="H104" s="115">
+      <c r="H104" s="53">
         <v>3</v>
       </c>
-      <c r="I104" s="191" t="s">
+      <c r="I104" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J104" s="128">
+      <c r="J104" s="111">
         <v>41262</v>
       </c>
-      <c r="K104" s="128"/>
-      <c r="L104" s="128">
+      <c r="K104" s="111"/>
+      <c r="L104" s="111">
         <v>45359</v>
       </c>
-      <c r="M104" s="129"/>
+      <c r="M104" s="112"/>
       <c r="N104" s="37"/>
     </row>
-    <row r="105" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A105" s="111" t="s">
+    <row r="105" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A105" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B105" s="111" t="s">
+      <c r="B105" s="46" t="s">
         <v>519</v>
       </c>
-      <c r="C105" s="112" t="s">
+      <c r="C105" s="32" t="s">
         <v>520</v>
       </c>
-      <c r="D105" s="111" t="s">
+      <c r="D105" s="46" t="s">
         <v>521</v>
       </c>
-      <c r="E105" s="111" t="s">
+      <c r="E105" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F105" s="125"/>
-      <c r="G105" s="114" t="s">
+      <c r="F105" s="108"/>
+      <c r="G105" s="47" t="s">
         <v>522</v>
       </c>
-      <c r="H105" s="115">
+      <c r="H105" s="53">
         <v>3</v>
       </c>
-      <c r="I105" s="191" t="s">
+      <c r="I105" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J105" s="128">
+      <c r="J105" s="111">
         <v>41078</v>
       </c>
-      <c r="K105" s="128"/>
-      <c r="L105" s="128">
+      <c r="K105" s="111"/>
+      <c r="L105" s="111">
         <v>45359</v>
       </c>
-      <c r="M105" s="129"/>
+      <c r="M105" s="112"/>
       <c r="N105" s="37"/>
     </row>
-    <row r="106" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A106" s="111" t="s">
+    <row r="106" spans="1:14" s="34" customFormat="1">
+      <c r="A106" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B106" s="111" t="s">
+      <c r="B106" s="46" t="s">
         <v>523</v>
       </c>
-      <c r="C106" s="112" t="s">
+      <c r="C106" s="32" t="s">
         <v>524</v>
       </c>
-      <c r="D106" s="113" t="s">
+      <c r="D106" s="50" t="s">
         <v>525</v>
       </c>
-      <c r="E106" s="111" t="s">
+      <c r="E106" s="46" t="s">
         <v>111</v>
       </c>
-      <c r="F106" s="125"/>
-      <c r="G106" s="114" t="s">
+      <c r="F106" s="108"/>
+      <c r="G106" s="47" t="s">
         <v>526</v>
       </c>
-      <c r="H106" s="115"/>
-      <c r="I106" s="191" t="s">
+      <c r="H106" s="53"/>
+      <c r="I106" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J106" s="128">
+      <c r="J106" s="111">
         <v>35852</v>
       </c>
-      <c r="K106" s="128"/>
-      <c r="L106" s="128">
+      <c r="K106" s="111"/>
+      <c r="L106" s="111">
         <v>45359</v>
       </c>
-      <c r="M106" s="129"/>
+      <c r="M106" s="112"/>
       <c r="N106" s="37"/>
     </row>
-    <row r="107" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A107" s="111" t="s">
+    <row r="107" spans="1:14" s="34" customFormat="1">
+      <c r="A107" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B107" s="111" t="s">
+      <c r="B107" s="46" t="s">
         <v>527</v>
       </c>
-      <c r="C107" s="112" t="s">
+      <c r="C107" s="32" t="s">
         <v>528</v>
       </c>
-      <c r="D107" s="113" t="s">
+      <c r="D107" s="50" t="s">
         <v>529</v>
       </c>
-      <c r="E107" s="111" t="s">
+      <c r="E107" s="46" t="s">
         <v>530</v>
       </c>
-      <c r="F107" s="125"/>
-      <c r="G107" s="114" t="s">
+      <c r="F107" s="108"/>
+      <c r="G107" s="47" t="s">
         <v>526</v>
       </c>
-      <c r="H107" s="115"/>
-      <c r="I107" s="191" t="s">
+      <c r="H107" s="53"/>
+      <c r="I107" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J107" s="128">
+      <c r="J107" s="111">
         <v>35852</v>
       </c>
-      <c r="K107" s="128"/>
-      <c r="L107" s="128">
+      <c r="K107" s="111"/>
+      <c r="L107" s="111">
         <v>45359</v>
       </c>
-      <c r="M107" s="129"/>
+      <c r="M107" s="112"/>
       <c r="N107" s="37"/>
     </row>
-    <row r="108" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A108" s="111" t="s">
+    <row r="108" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A108" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B108" s="111" t="s">
+      <c r="B108" s="46" t="s">
         <v>851</v>
       </c>
-      <c r="C108" s="115" t="s">
+      <c r="C108" s="53" t="s">
         <v>852</v>
       </c>
-      <c r="D108" s="113" t="s">
+      <c r="D108" s="50" t="s">
         <v>853</v>
       </c>
-      <c r="E108" s="111" t="s">
+      <c r="E108" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F108" s="125"/>
-      <c r="G108" s="114" t="s">
+      <c r="F108" s="108"/>
+      <c r="G108" s="47" t="s">
         <v>854</v>
       </c>
-      <c r="H108" s="115" t="s">
+      <c r="H108" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I108" s="191" t="s">
+      <c r="I108" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J108" s="117">
+      <c r="J108" s="49">
         <v>41806</v>
       </c>
-      <c r="K108" s="117">
+      <c r="K108" s="49">
         <v>45073</v>
       </c>
-      <c r="L108" s="117">
+      <c r="L108" s="49">
         <v>44949</v>
       </c>
-      <c r="M108" s="119"/>
+      <c r="M108" s="51"/>
       <c r="N108" s="37"/>
     </row>
-    <row r="109" spans="1:14" s="54" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A109" s="111" t="s">
+    <row r="109" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A109" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B109" s="111" t="s">
+      <c r="B109" s="46" t="s">
         <v>855</v>
       </c>
-      <c r="C109" s="112" t="s">
+      <c r="C109" s="32" t="s">
         <v>856</v>
       </c>
-      <c r="D109" s="111" t="s">
+      <c r="D109" s="46" t="s">
         <v>857</v>
       </c>
-      <c r="E109" s="111" t="s">
+      <c r="E109" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F109" s="125"/>
-      <c r="G109" s="114" t="s">
+      <c r="F109" s="108"/>
+      <c r="G109" s="47" t="s">
         <v>854</v>
       </c>
-      <c r="H109" s="123" t="s">
+      <c r="H109" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I109" s="191" t="s">
+      <c r="I109" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J109" s="117">
+      <c r="J109" s="49">
         <v>41806</v>
       </c>
-      <c r="K109" s="117">
+      <c r="K109" s="49">
         <v>45073</v>
       </c>
-      <c r="L109" s="117">
+      <c r="L109" s="49">
         <v>44949</v>
       </c>
-      <c r="M109" s="119"/>
-[...3 lines deleted...]
-      <c r="A110" s="111" t="s">
+      <c r="M109" s="51"/>
+      <c r="N109" s="37"/>
+    </row>
+    <row r="110" spans="1:14" s="52" customFormat="1">
+      <c r="A110" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B110" s="111" t="s">
+      <c r="B110" s="46" t="s">
         <v>1018</v>
       </c>
-      <c r="C110" s="112" t="s">
+      <c r="C110" s="32" t="s">
         <v>1019</v>
       </c>
-      <c r="D110" s="168" t="s">
+      <c r="D110" s="119" t="s">
         <v>1020</v>
       </c>
-      <c r="E110" s="111" t="s">
+      <c r="E110" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F110" s="125"/>
-      <c r="G110" s="114" t="s">
+      <c r="F110" s="108"/>
+      <c r="G110" s="47" t="s">
         <v>292</v>
       </c>
-      <c r="H110" s="115" t="s">
+      <c r="H110" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I110" s="191" t="s">
+      <c r="I110" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J110" s="117">
+      <c r="J110" s="49">
         <v>41624</v>
       </c>
-      <c r="K110" s="117">
+      <c r="K110" s="49">
         <v>44984</v>
       </c>
-      <c r="L110" s="117">
+      <c r="L110" s="49">
         <v>44949</v>
       </c>
-      <c r="M110" s="119"/>
-[...2 lines deleted...]
-      <c r="A111" s="111" t="s">
+      <c r="M110" s="51"/>
+    </row>
+    <row r="111" spans="1:14" s="34" customFormat="1" ht="51">
+      <c r="A111" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B111" s="111" t="s">
+      <c r="B111" s="46" t="s">
         <v>1021</v>
       </c>
-      <c r="C111" s="112" t="s">
+      <c r="C111" s="32" t="s">
         <v>1022</v>
       </c>
-      <c r="D111" s="113" t="s">
+      <c r="D111" s="50" t="s">
         <v>1023</v>
       </c>
-      <c r="E111" s="111" t="s">
+      <c r="E111" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F111" s="125"/>
-      <c r="G111" s="114" t="s">
+      <c r="F111" s="108"/>
+      <c r="G111" s="47" t="s">
         <v>1304</v>
       </c>
-      <c r="H111" s="115" t="s">
+      <c r="H111" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I111" s="191" t="s">
+      <c r="I111" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J111" s="117">
+      <c r="J111" s="49">
         <v>41806</v>
       </c>
-      <c r="K111" s="117">
+      <c r="K111" s="49">
         <v>44984</v>
       </c>
-      <c r="L111" s="117">
+      <c r="L111" s="49">
         <v>44949</v>
       </c>
-      <c r="M111" s="119"/>
+      <c r="M111" s="51"/>
       <c r="N111" s="37"/>
     </row>
-    <row r="112" spans="1:14" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A112" s="111" t="s">
+    <row r="112" spans="1:14" s="34" customFormat="1" ht="63.75">
+      <c r="A112" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B112" s="111" t="s">
+      <c r="B112" s="46" t="s">
         <v>1024</v>
       </c>
-      <c r="C112" s="112" t="s">
+      <c r="C112" s="32" t="s">
         <v>1025</v>
       </c>
-      <c r="D112" s="111" t="s">
+      <c r="D112" s="46" t="s">
         <v>1026</v>
       </c>
-      <c r="E112" s="111" t="s">
+      <c r="E112" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F112" s="114"/>
-      <c r="G112" s="114" t="s">
+      <c r="F112" s="47"/>
+      <c r="G112" s="47" t="s">
         <v>1027</v>
       </c>
-      <c r="H112" s="115" t="s">
+      <c r="H112" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I112" s="191" t="s">
+      <c r="I112" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J112" s="117">
+      <c r="J112" s="49">
         <v>42170</v>
       </c>
-      <c r="K112" s="117">
+      <c r="K112" s="49">
         <v>44984</v>
       </c>
-      <c r="L112" s="117">
+      <c r="L112" s="49">
         <v>44949</v>
       </c>
-      <c r="M112" s="119"/>
+      <c r="M112" s="51"/>
       <c r="N112" s="37"/>
     </row>
-    <row r="113" spans="1:14" s="34" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A113" s="111" t="s">
+    <row r="113" spans="1:14" s="34" customFormat="1" ht="24.95" customHeight="1">
+      <c r="A113" s="46" t="s">
         <v>386</v>
       </c>
-      <c r="B113" s="111" t="s">
+      <c r="B113" s="46" t="s">
         <v>387</v>
       </c>
-      <c r="C113" s="111" t="s">
+      <c r="C113" s="46" t="s">
         <v>388</v>
       </c>
-      <c r="D113" s="111" t="s">
+      <c r="D113" s="46" t="s">
         <v>389</v>
       </c>
-      <c r="E113" s="141" t="s">
+      <c r="E113" s="124" t="s">
         <v>390</v>
       </c>
-      <c r="F113" s="125"/>
-      <c r="G113" s="114" t="s">
+      <c r="F113" s="108"/>
+      <c r="G113" s="47" t="s">
         <v>391</v>
       </c>
-      <c r="H113" s="193" t="s">
+      <c r="H113" s="167" t="s">
         <v>392</v>
       </c>
-      <c r="I113" s="191" t="s">
+      <c r="I113" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J113" s="133">
+      <c r="J113" s="116">
         <v>44007</v>
       </c>
-      <c r="K113" s="133"/>
-[...1 lines deleted...]
-      <c r="M113" s="134"/>
+      <c r="K113" s="116"/>
+      <c r="L113" s="116"/>
+      <c r="M113" s="117"/>
       <c r="N113" s="37"/>
     </row>
-    <row r="114" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A114" s="111" t="s">
+    <row r="114" spans="1:14" s="34" customFormat="1">
+      <c r="A114" s="46" t="s">
         <v>394</v>
       </c>
-      <c r="B114" s="111" t="s">
+      <c r="B114" s="46" t="s">
         <v>395</v>
       </c>
-      <c r="C114" s="112" t="s">
+      <c r="C114" s="32" t="s">
         <v>396</v>
       </c>
-      <c r="D114" s="113" t="s">
+      <c r="D114" s="50" t="s">
         <v>397</v>
       </c>
-      <c r="E114" s="111" t="s">
+      <c r="E114" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F114" s="125"/>
-      <c r="G114" s="114" t="s">
+      <c r="F114" s="108"/>
+      <c r="G114" s="47" t="s">
         <v>398</v>
       </c>
-      <c r="H114" s="115" t="s">
+      <c r="H114" s="53" t="s">
         <v>392</v>
       </c>
-      <c r="I114" s="191" t="s">
+      <c r="I114" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J114" s="117">
+      <c r="J114" s="49">
         <v>41262</v>
       </c>
-      <c r="K114" s="117"/>
-[...1 lines deleted...]
-      <c r="M114" s="119"/>
+      <c r="K114" s="49"/>
+      <c r="L114" s="49"/>
+      <c r="M114" s="51"/>
       <c r="N114" s="37"/>
     </row>
-    <row r="115" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A115" s="111" t="s">
+    <row r="115" spans="1:14" s="34" customFormat="1">
+      <c r="A115" s="46" t="s">
         <v>394</v>
       </c>
-      <c r="B115" s="111" t="s">
+      <c r="B115" s="46" t="s">
         <v>399</v>
       </c>
-      <c r="C115" s="112" t="s">
+      <c r="C115" s="32" t="s">
         <v>400</v>
       </c>
-      <c r="D115" s="113" t="s">
+      <c r="D115" s="50" t="s">
         <v>401</v>
       </c>
-      <c r="E115" s="111" t="s">
+      <c r="E115" s="46" t="s">
         <v>402</v>
       </c>
-      <c r="F115" s="114"/>
-      <c r="G115" s="114" t="s">
+      <c r="F115" s="47"/>
+      <c r="G115" s="47" t="s">
         <v>403</v>
       </c>
-      <c r="H115" s="115"/>
-      <c r="I115" s="191" t="s">
+      <c r="H115" s="53"/>
+      <c r="I115" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J115" s="117">
+      <c r="J115" s="49">
         <v>35852</v>
       </c>
-      <c r="K115" s="117"/>
-[...1 lines deleted...]
-      <c r="M115" s="119"/>
+      <c r="K115" s="49"/>
+      <c r="L115" s="49"/>
+      <c r="M115" s="51"/>
       <c r="N115" s="37"/>
     </row>
-    <row r="116" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A116" s="111" t="s">
+    <row r="116" spans="1:14" s="34" customFormat="1">
+      <c r="A116" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B116" s="111" t="s">
+      <c r="B116" s="46" t="s">
         <v>408</v>
       </c>
-      <c r="C116" s="112" t="s">
+      <c r="C116" s="32" t="s">
         <v>92</v>
       </c>
-      <c r="D116" s="112" t="s">
+      <c r="D116" s="32" t="s">
         <v>92</v>
       </c>
-      <c r="E116" s="111" t="s">
+      <c r="E116" s="46" t="s">
         <v>74</v>
       </c>
-      <c r="F116" s="114"/>
-      <c r="G116" s="114" t="s">
+      <c r="F116" s="47"/>
+      <c r="G116" s="47" t="s">
         <v>409</v>
       </c>
-      <c r="H116" s="115"/>
-      <c r="I116" s="191" t="s">
+      <c r="H116" s="53"/>
+      <c r="I116" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J116" s="117">
+      <c r="J116" s="49">
         <v>39372</v>
       </c>
-      <c r="K116" s="117"/>
-[...1 lines deleted...]
-      <c r="M116" s="119"/>
+      <c r="K116" s="49"/>
+      <c r="L116" s="49"/>
+      <c r="M116" s="51"/>
       <c r="N116" s="37"/>
     </row>
-    <row r="117" spans="1:14" s="34" customFormat="1" ht="409.5" x14ac:dyDescent="0.2">
-      <c r="A117" s="111" t="s">
+    <row r="117" spans="1:14" s="34" customFormat="1" ht="409.5">
+      <c r="A117" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B117" s="111" t="s">
+      <c r="B117" s="46" t="s">
         <v>410</v>
       </c>
-      <c r="C117" s="112" t="s">
+      <c r="C117" s="32" t="s">
         <v>411</v>
       </c>
-      <c r="D117" s="111" t="s">
+      <c r="D117" s="46" t="s">
         <v>412</v>
       </c>
-      <c r="E117" s="111" t="s">
+      <c r="E117" s="46" t="s">
         <v>282</v>
       </c>
-      <c r="F117" s="114"/>
-      <c r="G117" s="114" t="s">
+      <c r="F117" s="47"/>
+      <c r="G117" s="47" t="s">
         <v>413</v>
       </c>
-      <c r="H117" s="123">
+      <c r="H117" s="106">
         <v>3</v>
       </c>
-      <c r="I117" s="191" t="s">
+      <c r="I117" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J117" s="117">
+      <c r="J117" s="49">
         <v>42923</v>
       </c>
-      <c r="K117" s="117"/>
-[...1 lines deleted...]
-      <c r="M117" s="119"/>
+      <c r="K117" s="49"/>
+      <c r="L117" s="49"/>
+      <c r="M117" s="51"/>
       <c r="N117" s="37"/>
     </row>
-    <row r="118" spans="1:14" s="34" customFormat="1" ht="89.25" x14ac:dyDescent="0.2">
-      <c r="A118" s="111" t="s">
+    <row r="118" spans="1:14" s="34" customFormat="1" ht="89.25">
+      <c r="A118" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B118" s="111" t="s">
+      <c r="B118" s="46" t="s">
         <v>414</v>
       </c>
-      <c r="C118" s="111" t="s">
+      <c r="C118" s="46" t="s">
         <v>415</v>
       </c>
-      <c r="D118" s="111" t="s">
+      <c r="D118" s="46" t="s">
         <v>416</v>
       </c>
-      <c r="E118" s="121" t="s">
+      <c r="E118" s="104" t="s">
         <v>417</v>
       </c>
-      <c r="F118" s="125"/>
-      <c r="G118" s="114" t="s">
+      <c r="F118" s="108"/>
+      <c r="G118" s="47" t="s">
         <v>418</v>
       </c>
-      <c r="H118" s="193" t="s">
+      <c r="H118" s="167" t="s">
         <v>392</v>
       </c>
-      <c r="I118" s="191" t="s">
+      <c r="I118" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J118" s="133">
+      <c r="J118" s="116">
         <v>43662</v>
       </c>
-      <c r="K118" s="133"/>
-[...1 lines deleted...]
-      <c r="M118" s="134"/>
+      <c r="K118" s="116"/>
+      <c r="L118" s="49"/>
+      <c r="M118" s="117"/>
       <c r="N118" s="37"/>
     </row>
-    <row r="119" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A119" s="111" t="s">
+    <row r="119" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A119" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B119" s="111" t="s">
+      <c r="B119" s="46" t="s">
         <v>419</v>
       </c>
-      <c r="C119" s="112" t="s">
+      <c r="C119" s="32" t="s">
         <v>420</v>
       </c>
-      <c r="D119" s="113" t="s">
+      <c r="D119" s="50" t="s">
         <v>421</v>
       </c>
-      <c r="E119" s="111" t="s">
+      <c r="E119" s="46" t="s">
         <v>422</v>
       </c>
-      <c r="F119" s="114" t="s">
+      <c r="F119" s="47" t="s">
         <v>423</v>
       </c>
-      <c r="G119" s="114" t="s">
+      <c r="G119" s="47" t="s">
         <v>424</v>
       </c>
-      <c r="H119" s="115"/>
-      <c r="I119" s="191" t="s">
+      <c r="H119" s="53"/>
+      <c r="I119" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J119" s="117">
+      <c r="J119" s="49">
         <v>35852</v>
       </c>
-      <c r="K119" s="117"/>
-[...1 lines deleted...]
-      <c r="M119" s="119"/>
+      <c r="K119" s="49"/>
+      <c r="L119" s="49"/>
+      <c r="M119" s="51"/>
       <c r="N119" s="37"/>
     </row>
-    <row r="120" spans="1:14" s="34" customFormat="1" ht="191.25" x14ac:dyDescent="0.2">
-      <c r="A120" s="111" t="s">
+    <row r="120" spans="1:14" s="34" customFormat="1" ht="191.25">
+      <c r="A120" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B120" s="111" t="s">
+      <c r="B120" s="46" t="s">
         <v>425</v>
       </c>
-      <c r="C120" s="112" t="s">
+      <c r="C120" s="32" t="s">
         <v>1343</v>
       </c>
-      <c r="D120" s="111" t="s">
+      <c r="D120" s="46" t="s">
         <v>1344</v>
       </c>
-      <c r="E120" s="111" t="s">
+      <c r="E120" s="46" t="s">
         <v>426</v>
       </c>
-      <c r="F120" s="114" t="s">
+      <c r="F120" s="47" t="s">
         <v>1345</v>
       </c>
-      <c r="G120" s="114" t="s">
+      <c r="G120" s="47" t="s">
         <v>424</v>
       </c>
-      <c r="H120" s="115"/>
-      <c r="I120" s="191" t="s">
+      <c r="H120" s="53"/>
+      <c r="I120" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J120" s="117">
+      <c r="J120" s="49">
         <v>39372</v>
       </c>
-      <c r="K120" s="117"/>
-      <c r="L120" s="117">
+      <c r="K120" s="49"/>
+      <c r="L120" s="49">
         <v>44743</v>
       </c>
-      <c r="M120" s="119"/>
+      <c r="M120" s="51"/>
       <c r="N120" s="37"/>
     </row>
-    <row r="121" spans="1:14" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A121" s="111" t="s">
+    <row r="121" spans="1:14" s="34" customFormat="1" ht="63.75">
+      <c r="A121" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B121" s="111" t="s">
+      <c r="B121" s="46" t="s">
         <v>427</v>
       </c>
-      <c r="C121" s="131" t="s">
+      <c r="C121" s="114" t="s">
         <v>1218</v>
       </c>
-      <c r="D121" s="111" t="s">
+      <c r="D121" s="46" t="s">
         <v>1181</v>
       </c>
-      <c r="E121" s="111" t="s">
+      <c r="E121" s="46" t="s">
         <v>390</v>
       </c>
-      <c r="F121" s="114"/>
-      <c r="G121" s="114" t="s">
+      <c r="F121" s="47"/>
+      <c r="G121" s="47" t="s">
         <v>428</v>
       </c>
-      <c r="H121" s="123" t="s">
+      <c r="H121" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I121" s="118" t="s">
+      <c r="I121" s="48" t="s">
         <v>393</v>
       </c>
-      <c r="J121" s="117">
+      <c r="J121" s="49">
         <v>43115</v>
       </c>
-      <c r="K121" s="117">
+      <c r="K121" s="49">
         <v>45778</v>
       </c>
-      <c r="L121" s="117">
+      <c r="L121" s="49">
         <v>44743</v>
       </c>
-      <c r="M121" s="119"/>
+      <c r="M121" s="51"/>
       <c r="N121" s="37"/>
     </row>
-    <row r="122" spans="1:14" s="34" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A122" s="111" t="s">
+    <row r="122" spans="1:14" s="34" customFormat="1" ht="54.75" customHeight="1">
+      <c r="A122" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B122" s="111" t="s">
+      <c r="B122" s="46" t="s">
         <v>429</v>
       </c>
-      <c r="C122" s="112" t="s">
+      <c r="C122" s="32" t="s">
         <v>430</v>
       </c>
-      <c r="D122" s="113" t="s">
+      <c r="D122" s="50" t="s">
         <v>431</v>
       </c>
-      <c r="E122" s="111" t="s">
+      <c r="E122" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F122" s="114"/>
-[...1 lines deleted...]
-      <c r="H122" s="115" t="s">
+      <c r="F122" s="47"/>
+      <c r="G122" s="47"/>
+      <c r="H122" s="53" t="s">
         <v>392</v>
       </c>
-      <c r="I122" s="191" t="s">
+      <c r="I122" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J122" s="117">
+      <c r="J122" s="49">
         <v>40911</v>
       </c>
-      <c r="K122" s="117"/>
-[...1 lines deleted...]
-      <c r="M122" s="119"/>
+      <c r="K122" s="49"/>
+      <c r="L122" s="49"/>
+      <c r="M122" s="51"/>
       <c r="N122" s="37"/>
     </row>
-    <row r="123" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A123" s="111" t="s">
+    <row r="123" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A123" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B123" s="111" t="s">
+      <c r="B123" s="46" t="s">
         <v>432</v>
       </c>
-      <c r="C123" s="112" t="s">
+      <c r="C123" s="32" t="s">
         <v>433</v>
       </c>
-      <c r="D123" s="113" t="s">
+      <c r="D123" s="50" t="s">
         <v>434</v>
       </c>
-      <c r="E123" s="111" t="s">
+      <c r="E123" s="46" t="s">
         <v>435</v>
       </c>
-      <c r="F123" s="125"/>
-      <c r="G123" s="114" t="s">
+      <c r="F123" s="108"/>
+      <c r="G123" s="47" t="s">
         <v>1279</v>
       </c>
-      <c r="H123" s="115" t="s">
+      <c r="H123" s="53" t="s">
         <v>392</v>
       </c>
-      <c r="I123" s="191" t="s">
+      <c r="I123" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J123" s="117">
+      <c r="J123" s="49">
         <v>41262</v>
       </c>
-      <c r="K123" s="117"/>
-[...1 lines deleted...]
-      <c r="M123" s="119"/>
+      <c r="K123" s="49"/>
+      <c r="L123" s="49"/>
+      <c r="M123" s="51"/>
       <c r="N123" s="37"/>
     </row>
-    <row r="124" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A124" s="111" t="s">
+    <row r="124" spans="1:14" s="34" customFormat="1">
+      <c r="A124" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B124" s="111" t="s">
+      <c r="B124" s="46" t="s">
         <v>437</v>
       </c>
-      <c r="C124" s="142" t="s">
+      <c r="C124" s="125" t="s">
         <v>438</v>
       </c>
-      <c r="D124" s="113" t="s">
+      <c r="D124" s="50" t="s">
         <v>439</v>
       </c>
-      <c r="E124" s="111" t="s">
+      <c r="E124" s="46" t="s">
         <v>390</v>
       </c>
-      <c r="F124" s="114"/>
-      <c r="G124" s="114" t="s">
+      <c r="F124" s="47"/>
+      <c r="G124" s="47" t="s">
         <v>440</v>
       </c>
-      <c r="H124" s="123">
+      <c r="H124" s="106">
         <v>3</v>
       </c>
-      <c r="I124" s="118" t="s">
+      <c r="I124" s="48" t="s">
         <v>393</v>
       </c>
-      <c r="J124" s="117">
+      <c r="J124" s="49">
         <v>42747</v>
       </c>
-      <c r="K124" s="117"/>
-      <c r="L124" s="117">
+      <c r="K124" s="49"/>
+      <c r="L124" s="49">
         <v>44743</v>
       </c>
-      <c r="M124" s="119"/>
+      <c r="M124" s="51"/>
       <c r="N124" s="37"/>
     </row>
-    <row r="125" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A125" s="111" t="s">
+    <row r="125" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A125" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B125" s="111" t="s">
+      <c r="B125" s="46" t="s">
         <v>441</v>
       </c>
-      <c r="C125" s="112" t="s">
+      <c r="C125" s="32" t="s">
         <v>442</v>
       </c>
-      <c r="D125" s="111" t="s">
+      <c r="D125" s="46" t="s">
         <v>443</v>
       </c>
-      <c r="E125" s="111" t="s">
+      <c r="E125" s="46" t="s">
         <v>435</v>
       </c>
-      <c r="F125" s="114"/>
-      <c r="G125" s="114" t="s">
+      <c r="F125" s="47"/>
+      <c r="G125" s="47" t="s">
         <v>444</v>
       </c>
-      <c r="H125" s="123">
+      <c r="H125" s="106">
         <v>3</v>
       </c>
-      <c r="I125" s="191" t="s">
+      <c r="I125" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J125" s="117">
+      <c r="J125" s="49">
         <v>42747</v>
       </c>
-      <c r="K125" s="117"/>
-[...1 lines deleted...]
-      <c r="M125" s="119"/>
+      <c r="K125" s="49"/>
+      <c r="L125" s="49"/>
+      <c r="M125" s="51"/>
       <c r="N125" s="37"/>
     </row>
-    <row r="126" spans="1:14" s="34" customFormat="1" ht="33" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A126" s="111" t="s">
+    <row r="126" spans="1:14" s="34" customFormat="1" ht="33" customHeight="1">
+      <c r="A126" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B126" s="111" t="s">
+      <c r="B126" s="46" t="s">
         <v>445</v>
       </c>
-      <c r="C126" s="112" t="s">
+      <c r="C126" s="32" t="s">
         <v>446</v>
       </c>
-      <c r="D126" s="113" t="s">
+      <c r="D126" s="50" t="s">
         <v>447</v>
       </c>
-      <c r="E126" s="111" t="s">
+      <c r="E126" s="46" t="s">
         <v>352</v>
       </c>
-      <c r="F126" s="125"/>
-      <c r="G126" s="114" t="s">
+      <c r="F126" s="108"/>
+      <c r="G126" s="47" t="s">
         <v>448</v>
       </c>
-      <c r="H126" s="115" t="s">
+      <c r="H126" s="53" t="s">
         <v>392</v>
       </c>
-      <c r="I126" s="191" t="s">
+      <c r="I126" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J126" s="117">
+      <c r="J126" s="49">
         <v>41262</v>
       </c>
-      <c r="K126" s="117"/>
-[...1 lines deleted...]
-      <c r="M126" s="119"/>
+      <c r="K126" s="49"/>
+      <c r="L126" s="49"/>
+      <c r="M126" s="51"/>
       <c r="N126" s="37"/>
     </row>
-    <row r="127" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A127" s="111" t="s">
+    <row r="127" spans="1:14" s="34" customFormat="1">
+      <c r="A127" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B127" s="111" t="s">
+      <c r="B127" s="46" t="s">
         <v>449</v>
       </c>
-      <c r="C127" s="112" t="s">
+      <c r="C127" s="32" t="s">
         <v>450</v>
       </c>
-      <c r="D127" s="113" t="s">
+      <c r="D127" s="50" t="s">
         <v>451</v>
       </c>
-      <c r="E127" s="111" t="s">
+      <c r="E127" s="46" t="s">
         <v>111</v>
       </c>
-      <c r="F127" s="114"/>
-      <c r="G127" s="114" t="s">
+      <c r="F127" s="47"/>
+      <c r="G127" s="47" t="s">
         <v>179</v>
       </c>
-      <c r="H127" s="115"/>
-      <c r="I127" s="191" t="s">
+      <c r="H127" s="53"/>
+      <c r="I127" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J127" s="117">
+      <c r="J127" s="49">
         <v>35852</v>
       </c>
-      <c r="K127" s="117"/>
-[...1 lines deleted...]
-      <c r="M127" s="119"/>
+      <c r="K127" s="49"/>
+      <c r="L127" s="49"/>
+      <c r="M127" s="51"/>
       <c r="N127" s="37"/>
     </row>
-    <row r="128" spans="1:14" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A128" s="111" t="s">
+    <row r="128" spans="1:14" s="34" customFormat="1" ht="63.75">
+      <c r="A128" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B128" s="111" t="s">
+      <c r="B128" s="46" t="s">
         <v>452</v>
       </c>
-      <c r="C128" s="112" t="s">
+      <c r="C128" s="32" t="s">
         <v>453</v>
       </c>
-      <c r="D128" s="113" t="s">
+      <c r="D128" s="50" t="s">
         <v>454</v>
       </c>
-      <c r="E128" s="111" t="s">
+      <c r="E128" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F128" s="125"/>
-      <c r="G128" s="114" t="s">
+      <c r="F128" s="108"/>
+      <c r="G128" s="47" t="s">
         <v>1280</v>
       </c>
-      <c r="H128" s="194" t="s">
+      <c r="H128" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I128" s="191" t="s">
+      <c r="I128" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J128" s="117">
+      <c r="J128" s="49">
         <v>41624</v>
       </c>
-      <c r="K128" s="117"/>
-      <c r="L128" s="118">
+      <c r="K128" s="49"/>
+      <c r="L128" s="48">
         <v>43922</v>
       </c>
-      <c r="M128" s="119"/>
+      <c r="M128" s="51"/>
       <c r="N128" s="37"/>
     </row>
-    <row r="129" spans="1:14" s="34" customFormat="1" ht="80.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A129" s="111" t="s">
+    <row r="129" spans="1:14" s="34" customFormat="1" ht="80.25" customHeight="1">
+      <c r="A129" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B129" s="111" t="s">
+      <c r="B129" s="46" t="s">
         <v>456</v>
       </c>
-      <c r="C129" s="112" t="s">
+      <c r="C129" s="32" t="s">
         <v>457</v>
       </c>
-      <c r="D129" s="113" t="s">
+      <c r="D129" s="50" t="s">
         <v>458</v>
       </c>
-      <c r="E129" s="111" t="s">
+      <c r="E129" s="46" t="s">
         <v>146</v>
       </c>
-      <c r="F129" s="114"/>
-      <c r="G129" s="114" t="s">
+      <c r="F129" s="47"/>
+      <c r="G129" s="47" t="s">
         <v>459</v>
       </c>
-      <c r="H129" s="115" t="s">
+      <c r="H129" s="53" t="s">
         <v>392</v>
       </c>
-      <c r="I129" s="191" t="s">
+      <c r="I129" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J129" s="117">
+      <c r="J129" s="49">
         <v>39770</v>
       </c>
-      <c r="K129" s="117"/>
-      <c r="L129" s="118">
+      <c r="K129" s="49"/>
+      <c r="L129" s="48">
         <v>43438</v>
       </c>
-      <c r="M129" s="119"/>
+      <c r="M129" s="51"/>
       <c r="N129" s="37"/>
     </row>
-    <row r="130" spans="1:14" s="34" customFormat="1" ht="69" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A130" s="111" t="s">
+    <row r="130" spans="1:14" s="34" customFormat="1" ht="69" customHeight="1">
+      <c r="A130" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B130" s="111" t="s">
+      <c r="B130" s="46" t="s">
         <v>460</v>
       </c>
-      <c r="C130" s="112" t="s">
+      <c r="C130" s="32" t="s">
         <v>461</v>
       </c>
-      <c r="D130" s="113" t="s">
+      <c r="D130" s="50" t="s">
         <v>462</v>
       </c>
-      <c r="E130" s="111" t="s">
+      <c r="E130" s="46" t="s">
         <v>435</v>
       </c>
-      <c r="F130" s="125"/>
-      <c r="G130" s="114" t="s">
+      <c r="F130" s="108"/>
+      <c r="G130" s="47" t="s">
         <v>436</v>
       </c>
-      <c r="H130" s="115" t="s">
+      <c r="H130" s="53" t="s">
         <v>392</v>
       </c>
-      <c r="I130" s="191" t="s">
+      <c r="I130" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J130" s="117">
+      <c r="J130" s="49">
         <v>41262</v>
       </c>
-      <c r="K130" s="117"/>
-      <c r="L130" s="118">
+      <c r="K130" s="49"/>
+      <c r="L130" s="48">
         <v>43438</v>
       </c>
-      <c r="M130" s="119"/>
+      <c r="M130" s="51"/>
       <c r="N130" s="37"/>
     </row>
-    <row r="131" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A131" s="111" t="s">
+    <row r="131" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A131" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B131" s="111" t="s">
+      <c r="B131" s="46" t="s">
         <v>463</v>
       </c>
-      <c r="C131" s="112" t="s">
+      <c r="C131" s="32" t="s">
         <v>464</v>
       </c>
-      <c r="D131" s="113" t="s">
+      <c r="D131" s="50" t="s">
         <v>465</v>
       </c>
-      <c r="E131" s="111" t="s">
+      <c r="E131" s="46" t="s">
         <v>466</v>
       </c>
-      <c r="F131" s="114"/>
-      <c r="G131" s="114" t="s">
+      <c r="F131" s="47"/>
+      <c r="G131" s="47" t="s">
         <v>467</v>
       </c>
-      <c r="H131" s="194" t="s">
+      <c r="H131" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I131" s="191" t="s">
+      <c r="I131" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J131" s="117">
+      <c r="J131" s="49">
         <v>40305</v>
       </c>
-      <c r="K131" s="117"/>
-      <c r="L131" s="118">
+      <c r="K131" s="49"/>
+      <c r="L131" s="48">
         <v>43922</v>
       </c>
-      <c r="M131" s="119"/>
+      <c r="M131" s="51"/>
       <c r="N131" s="37"/>
     </row>
-    <row r="132" spans="1:14" s="34" customFormat="1" ht="89.25" x14ac:dyDescent="0.2">
-      <c r="A132" s="111" t="s">
+    <row r="132" spans="1:14" s="34" customFormat="1" ht="89.25">
+      <c r="A132" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B132" s="111" t="s">
+      <c r="B132" s="46" t="s">
         <v>468</v>
       </c>
-      <c r="C132" s="142" t="s">
+      <c r="C132" s="125" t="s">
         <v>469</v>
       </c>
-      <c r="D132" s="113" t="s">
+      <c r="D132" s="50" t="s">
         <v>469</v>
       </c>
-      <c r="E132" s="111" t="s">
+      <c r="E132" s="46" t="s">
         <v>390</v>
       </c>
-      <c r="F132" s="114"/>
-      <c r="G132" s="114" t="s">
+      <c r="F132" s="47"/>
+      <c r="G132" s="47" t="s">
         <v>470</v>
       </c>
-      <c r="H132" s="123">
+      <c r="H132" s="106">
         <v>3</v>
       </c>
-      <c r="I132" s="191" t="s">
+      <c r="I132" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J132" s="117">
+      <c r="J132" s="49">
         <v>42747</v>
       </c>
-      <c r="K132" s="117"/>
-      <c r="L132" s="118">
+      <c r="K132" s="49"/>
+      <c r="L132" s="48">
         <v>43438</v>
       </c>
-      <c r="M132" s="119"/>
+      <c r="M132" s="51"/>
       <c r="N132" s="37"/>
     </row>
-    <row r="133" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A133" s="111" t="s">
+    <row r="133" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A133" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B133" s="111" t="s">
+      <c r="B133" s="46" t="s">
         <v>471</v>
       </c>
-      <c r="C133" s="112" t="s">
+      <c r="C133" s="32" t="s">
         <v>472</v>
       </c>
-      <c r="D133" s="113" t="s">
+      <c r="D133" s="50" t="s">
         <v>473</v>
       </c>
-      <c r="E133" s="111" t="s">
+      <c r="E133" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F133" s="125"/>
-      <c r="G133" s="114" t="s">
+      <c r="F133" s="108"/>
+      <c r="G133" s="47" t="s">
         <v>1281</v>
       </c>
-      <c r="H133" s="115" t="s">
+      <c r="H133" s="53" t="s">
         <v>392</v>
       </c>
-      <c r="I133" s="191" t="s">
+      <c r="I133" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J133" s="117">
+      <c r="J133" s="49">
         <v>41262</v>
       </c>
-      <c r="K133" s="117"/>
-[...1 lines deleted...]
-      <c r="M133" s="119"/>
+      <c r="K133" s="49"/>
+      <c r="L133" s="49"/>
+      <c r="M133" s="51"/>
       <c r="N133" s="37"/>
     </row>
-    <row r="134" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A134" s="111" t="s">
+    <row r="134" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A134" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B134" s="111" t="s">
+      <c r="B134" s="46" t="s">
         <v>474</v>
       </c>
-      <c r="C134" s="112" t="s">
+      <c r="C134" s="32" t="s">
         <v>475</v>
       </c>
-      <c r="D134" s="113" t="s">
+      <c r="D134" s="50" t="s">
         <v>476</v>
       </c>
-      <c r="E134" s="111" t="s">
+      <c r="E134" s="46" t="s">
         <v>296</v>
       </c>
-      <c r="F134" s="114"/>
-      <c r="G134" s="114" t="s">
+      <c r="F134" s="47"/>
+      <c r="G134" s="47" t="s">
         <v>477</v>
       </c>
-      <c r="H134" s="194" t="s">
+      <c r="H134" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I134" s="191" t="s">
+      <c r="I134" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J134" s="117">
+      <c r="J134" s="49">
         <v>42747</v>
       </c>
-      <c r="K134" s="117"/>
-      <c r="L134" s="118">
+      <c r="K134" s="49"/>
+      <c r="L134" s="48">
         <v>43922</v>
       </c>
-      <c r="M134" s="119"/>
+      <c r="M134" s="51"/>
       <c r="N134" s="37"/>
     </row>
-    <row r="135" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A135" s="111" t="s">
+    <row r="135" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A135" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B135" s="111" t="s">
+      <c r="B135" s="46" t="s">
         <v>478</v>
       </c>
-      <c r="C135" s="112" t="s">
+      <c r="C135" s="32" t="s">
         <v>479</v>
       </c>
-      <c r="D135" s="113" t="s">
+      <c r="D135" s="50" t="s">
         <v>480</v>
       </c>
-      <c r="E135" s="111" t="s">
+      <c r="E135" s="46" t="s">
         <v>390</v>
       </c>
-      <c r="F135" s="114"/>
-[...1 lines deleted...]
-      <c r="H135" s="115" t="s">
+      <c r="F135" s="47"/>
+      <c r="G135" s="47"/>
+      <c r="H135" s="53" t="s">
         <v>392</v>
       </c>
-      <c r="I135" s="191" t="s">
+      <c r="I135" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J135" s="117">
+      <c r="J135" s="49">
         <v>40911</v>
       </c>
-      <c r="K135" s="117"/>
-      <c r="L135" s="118">
+      <c r="K135" s="49"/>
+      <c r="L135" s="48">
         <v>43438</v>
       </c>
-      <c r="M135" s="119"/>
+      <c r="M135" s="51"/>
       <c r="N135" s="37"/>
     </row>
-    <row r="136" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A136" s="111" t="s">
+    <row r="136" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A136" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B136" s="111" t="s">
+      <c r="B136" s="46" t="s">
         <v>481</v>
       </c>
-      <c r="C136" s="112" t="s">
+      <c r="C136" s="32" t="s">
         <v>482</v>
       </c>
-      <c r="D136" s="113" t="s">
+      <c r="D136" s="50" t="s">
         <v>483</v>
       </c>
-      <c r="E136" s="111" t="s">
+      <c r="E136" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F136" s="114"/>
-[...1 lines deleted...]
-      <c r="H136" s="115" t="s">
+      <c r="F136" s="47"/>
+      <c r="G136" s="47"/>
+      <c r="H136" s="53" t="s">
         <v>392</v>
       </c>
-      <c r="I136" s="191" t="s">
+      <c r="I136" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J136" s="117">
+      <c r="J136" s="49">
         <v>41262</v>
       </c>
-      <c r="K136" s="117"/>
-[...1 lines deleted...]
-      <c r="M136" s="119"/>
+      <c r="K136" s="49"/>
+      <c r="L136" s="49"/>
+      <c r="M136" s="51"/>
       <c r="N136" s="37"/>
     </row>
-    <row r="137" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A137" s="111" t="s">
+    <row r="137" spans="1:14" s="34" customFormat="1">
+      <c r="A137" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B137" s="111" t="s">
+      <c r="B137" s="46" t="s">
         <v>484</v>
       </c>
-      <c r="C137" s="112" t="s">
+      <c r="C137" s="32" t="s">
         <v>485</v>
       </c>
-      <c r="D137" s="113" t="s">
+      <c r="D137" s="50" t="s">
         <v>486</v>
       </c>
-      <c r="E137" s="111" t="s">
+      <c r="E137" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F137" s="114"/>
-[...1 lines deleted...]
-      <c r="H137" s="115" t="s">
+      <c r="F137" s="47"/>
+      <c r="G137" s="47"/>
+      <c r="H137" s="53" t="s">
         <v>392</v>
       </c>
-      <c r="I137" s="191" t="s">
+      <c r="I137" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J137" s="117">
+      <c r="J137" s="49">
         <v>40910</v>
       </c>
-      <c r="K137" s="117"/>
-[...1 lines deleted...]
-      <c r="M137" s="119"/>
+      <c r="K137" s="49"/>
+      <c r="L137" s="49"/>
+      <c r="M137" s="51"/>
       <c r="N137" s="37"/>
     </row>
-    <row r="138" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A138" s="111" t="s">
+    <row r="138" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A138" s="46" t="s">
         <v>49</v>
       </c>
-      <c r="B138" s="111" t="s">
+      <c r="B138" s="46" t="s">
         <v>487</v>
       </c>
-      <c r="C138" s="112" t="s">
+      <c r="C138" s="32" t="s">
         <v>488</v>
       </c>
-      <c r="D138" s="113" t="s">
+      <c r="D138" s="50" t="s">
         <v>489</v>
       </c>
-      <c r="E138" s="111" t="s">
+      <c r="E138" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F138" s="125"/>
-      <c r="G138" s="114" t="s">
+      <c r="F138" s="108"/>
+      <c r="G138" s="47" t="s">
         <v>1282</v>
       </c>
-      <c r="H138" s="115" t="s">
+      <c r="H138" s="53" t="s">
         <v>392</v>
       </c>
-      <c r="I138" s="191" t="s">
+      <c r="I138" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J138" s="117">
+      <c r="J138" s="49">
         <v>41262</v>
       </c>
-      <c r="K138" s="117"/>
-[...1 lines deleted...]
-      <c r="M138" s="119"/>
+      <c r="K138" s="49"/>
+      <c r="L138" s="49"/>
+      <c r="M138" s="51"/>
       <c r="N138" s="37"/>
     </row>
-    <row r="139" spans="1:14" s="34" customFormat="1" ht="50.1" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A139" s="195" t="s">
+    <row r="139" spans="1:14" s="34" customFormat="1" ht="50.1" customHeight="1">
+      <c r="A139" s="169" t="s">
         <v>49</v>
       </c>
       <c r="B139" s="44" t="s">
         <v>490</v>
       </c>
       <c r="C139" s="44" t="s">
         <v>491</v>
       </c>
       <c r="D139" s="44" t="s">
         <v>492</v>
       </c>
-      <c r="E139" s="195" t="s">
+      <c r="E139" s="169" t="s">
         <v>296</v>
       </c>
-      <c r="F139" s="195"/>
-      <c r="G139" s="114" t="s">
+      <c r="F139" s="169"/>
+      <c r="G139" s="47" t="s">
         <v>493</v>
       </c>
-      <c r="H139" s="68" t="s">
+      <c r="H139" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I139" s="191" t="s">
+      <c r="I139" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J139" s="143">
+      <c r="J139" s="66">
         <v>44385</v>
       </c>
-      <c r="K139" s="196"/>
-[...1 lines deleted...]
-      <c r="M139" s="144"/>
+      <c r="K139" s="170"/>
+      <c r="L139" s="66"/>
+      <c r="M139" s="67"/>
       <c r="N139" s="37"/>
     </row>
-    <row r="140" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A140" s="195" t="s">
+    <row r="140" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A140" s="169" t="s">
         <v>49</v>
       </c>
       <c r="B140" s="44" t="s">
         <v>494</v>
       </c>
       <c r="C140" s="44" t="s">
         <v>495</v>
       </c>
       <c r="D140" s="44" t="s">
         <v>496</v>
       </c>
-      <c r="E140" s="67" t="s">
+      <c r="E140" s="64" t="s">
         <v>1225</v>
       </c>
-      <c r="F140" s="195"/>
-      <c r="G140" s="114" t="s">
+      <c r="F140" s="169"/>
+      <c r="G140" s="47" t="s">
         <v>497</v>
       </c>
-      <c r="H140" s="68" t="s">
+      <c r="H140" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I140" s="191" t="s">
+      <c r="I140" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J140" s="143">
+      <c r="J140" s="66">
         <v>44385</v>
       </c>
-      <c r="K140" s="196"/>
-      <c r="L140" s="117">
+      <c r="K140" s="170"/>
+      <c r="L140" s="49">
         <v>44949</v>
       </c>
-      <c r="M140" s="144"/>
+      <c r="M140" s="67"/>
       <c r="N140" s="37"/>
     </row>
-    <row r="141" spans="1:14" s="34" customFormat="1" ht="20.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A141" s="111" t="s">
+    <row r="141" spans="1:14" s="34" customFormat="1" ht="20.25" customHeight="1">
+      <c r="A141" s="46" t="s">
         <v>498</v>
       </c>
-      <c r="B141" s="111" t="s">
+      <c r="B141" s="46" t="s">
         <v>499</v>
       </c>
-      <c r="C141" s="111" t="s">
+      <c r="C141" s="46" t="s">
         <v>500</v>
       </c>
-      <c r="D141" s="111" t="s">
+      <c r="D141" s="46" t="s">
         <v>501</v>
       </c>
-      <c r="E141" s="141" t="s">
+      <c r="E141" s="124" t="s">
         <v>150</v>
       </c>
-      <c r="F141" s="121"/>
-      <c r="G141" s="114" t="s">
+      <c r="F141" s="104"/>
+      <c r="G141" s="47" t="s">
         <v>502</v>
       </c>
-      <c r="H141" s="193" t="s">
+      <c r="H141" s="167" t="s">
         <v>455</v>
       </c>
-      <c r="I141" s="191" t="s">
+      <c r="I141" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J141" s="133">
+      <c r="J141" s="116">
         <v>44007</v>
       </c>
-      <c r="K141" s="133"/>
-[...1 lines deleted...]
-      <c r="M141" s="134"/>
+      <c r="K141" s="116"/>
+      <c r="L141" s="116"/>
+      <c r="M141" s="117"/>
       <c r="N141" s="37"/>
     </row>
-    <row r="142" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A142" s="111" t="s">
+    <row r="142" spans="1:14" s="34" customFormat="1">
+      <c r="A142" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B142" s="111" t="s">
+      <c r="B142" s="46" t="s">
         <v>512</v>
       </c>
-      <c r="C142" s="112" t="s">
+      <c r="C142" s="32" t="s">
         <v>513</v>
       </c>
-      <c r="D142" s="113" t="s">
+      <c r="D142" s="50" t="s">
         <v>377</v>
       </c>
-      <c r="E142" s="111" t="s">
+      <c r="E142" s="46" t="s">
         <v>85</v>
       </c>
-      <c r="F142" s="114" t="s">
+      <c r="F142" s="47" t="s">
         <v>514</v>
       </c>
-      <c r="G142" s="114" t="s">
+      <c r="G142" s="47" t="s">
         <v>506</v>
       </c>
-      <c r="H142" s="115"/>
-      <c r="I142" s="191" t="s">
+      <c r="H142" s="53"/>
+      <c r="I142" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J142" s="128">
+      <c r="J142" s="111">
         <v>35852</v>
       </c>
-      <c r="K142" s="128"/>
-[...1 lines deleted...]
-      <c r="M142" s="129"/>
+      <c r="K142" s="111"/>
+      <c r="L142" s="111"/>
+      <c r="M142" s="112"/>
       <c r="N142" s="37"/>
     </row>
-    <row r="143" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A143" s="111" t="s">
+    <row r="143" spans="1:14" s="34" customFormat="1">
+      <c r="A143" s="46" t="s">
         <v>70</v>
       </c>
-      <c r="B143" s="111" t="s">
+      <c r="B143" s="46" t="s">
         <v>531</v>
       </c>
-      <c r="C143" s="112" t="s">
+      <c r="C143" s="32" t="s">
         <v>532</v>
       </c>
-      <c r="D143" s="113" t="s">
+      <c r="D143" s="50" t="s">
         <v>533</v>
       </c>
-      <c r="E143" s="111" t="s">
+      <c r="E143" s="46" t="s">
         <v>85</v>
       </c>
-      <c r="F143" s="114" t="s">
+      <c r="F143" s="47" t="s">
         <v>514</v>
       </c>
-      <c r="G143" s="114" t="s">
+      <c r="G143" s="47" t="s">
         <v>506</v>
       </c>
-      <c r="H143" s="115"/>
-      <c r="I143" s="191" t="s">
+      <c r="H143" s="53"/>
+      <c r="I143" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J143" s="128">
+      <c r="J143" s="111">
         <v>35852</v>
       </c>
-      <c r="K143" s="128"/>
-      <c r="L143" s="128">
+      <c r="K143" s="111"/>
+      <c r="L143" s="111">
         <v>45359</v>
       </c>
-      <c r="M143" s="129"/>
+      <c r="M143" s="112"/>
       <c r="N143" s="37"/>
     </row>
-    <row r="144" spans="1:14" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A144" s="111" t="s">
+    <row r="144" spans="1:14" s="34" customFormat="1" ht="63.75">
+      <c r="A144" s="46" t="s">
         <v>119</v>
       </c>
-      <c r="B144" s="111" t="s">
+      <c r="B144" s="46" t="s">
         <v>534</v>
       </c>
-      <c r="C144" s="112" t="s">
+      <c r="C144" s="32" t="s">
         <v>535</v>
       </c>
-      <c r="D144" s="112" t="s">
+      <c r="D144" s="32" t="s">
         <v>536</v>
       </c>
-      <c r="E144" s="111" t="s">
+      <c r="E144" s="46" t="s">
         <v>282</v>
       </c>
-      <c r="F144" s="114"/>
-      <c r="G144" s="114" t="s">
+      <c r="F144" s="47"/>
+      <c r="G144" s="47" t="s">
         <v>537</v>
       </c>
-      <c r="H144" s="123">
+      <c r="H144" s="106">
         <v>3</v>
       </c>
-      <c r="I144" s="191" t="s">
+      <c r="I144" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J144" s="117">
+      <c r="J144" s="49">
         <v>43115</v>
       </c>
-      <c r="K144" s="117"/>
-      <c r="L144" s="117">
+      <c r="K144" s="49"/>
+      <c r="L144" s="49">
         <v>43922</v>
       </c>
-      <c r="M144" s="119"/>
+      <c r="M144" s="51"/>
       <c r="N144" s="37"/>
     </row>
-    <row r="145" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A145" s="111" t="s">
+    <row r="145" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A145" s="46" t="s">
         <v>119</v>
       </c>
-      <c r="B145" s="111" t="s">
+      <c r="B145" s="46" t="s">
         <v>538</v>
       </c>
-      <c r="C145" s="112" t="s">
+      <c r="C145" s="32" t="s">
         <v>539</v>
       </c>
-      <c r="D145" s="113" t="s">
+      <c r="D145" s="50" t="s">
         <v>540</v>
       </c>
-      <c r="E145" s="111" t="s">
+      <c r="E145" s="46" t="s">
         <v>123</v>
       </c>
-      <c r="F145" s="114"/>
-      <c r="G145" s="114" t="s">
+      <c r="F145" s="47"/>
+      <c r="G145" s="47" t="s">
         <v>541</v>
       </c>
-      <c r="H145" s="123" t="s">
+      <c r="H145" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="I145" s="191" t="s">
+      <c r="I145" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J145" s="128">
+      <c r="J145" s="111">
         <v>35852</v>
       </c>
-      <c r="K145" s="128"/>
-[...1 lines deleted...]
-      <c r="M145" s="129"/>
+      <c r="K145" s="111"/>
+      <c r="L145" s="111"/>
+      <c r="M145" s="112"/>
       <c r="N145" s="37"/>
     </row>
-    <row r="146" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A146" s="111" t="s">
+    <row r="146" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A146" s="46" t="s">
         <v>119</v>
       </c>
-      <c r="B146" s="111" t="s">
+      <c r="B146" s="46" t="s">
         <v>542</v>
       </c>
-      <c r="C146" s="112" t="s">
+      <c r="C146" s="32" t="s">
         <v>543</v>
       </c>
-      <c r="D146" s="111" t="s">
+      <c r="D146" s="46" t="s">
         <v>544</v>
       </c>
-      <c r="E146" s="111" t="s">
+      <c r="E146" s="46" t="s">
         <v>85</v>
       </c>
-      <c r="F146" s="114" t="s">
+      <c r="F146" s="47" t="s">
         <v>545</v>
       </c>
-      <c r="G146" s="114" t="s">
+      <c r="G146" s="47" t="s">
         <v>546</v>
       </c>
-      <c r="H146" s="123"/>
-      <c r="I146" s="191" t="s">
+      <c r="H146" s="106"/>
+      <c r="I146" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J146" s="128">
+      <c r="J146" s="111">
         <v>37483</v>
       </c>
-      <c r="K146" s="128"/>
-[...1 lines deleted...]
-      <c r="M146" s="129"/>
+      <c r="K146" s="111"/>
+      <c r="L146" s="111"/>
+      <c r="M146" s="112"/>
       <c r="N146" s="37"/>
     </row>
-    <row r="147" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A147" s="111" t="s">
+    <row r="147" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A147" s="46" t="s">
         <v>119</v>
       </c>
-      <c r="B147" s="111" t="s">
+      <c r="B147" s="46" t="s">
         <v>547</v>
       </c>
-      <c r="C147" s="112" t="s">
+      <c r="C147" s="32" t="s">
         <v>548</v>
       </c>
-      <c r="D147" s="111" t="s">
+      <c r="D147" s="46" t="s">
         <v>549</v>
       </c>
-      <c r="E147" s="111" t="s">
+      <c r="E147" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F147" s="114"/>
-      <c r="G147" s="114" t="s">
+      <c r="F147" s="47"/>
+      <c r="G147" s="47" t="s">
         <v>550</v>
       </c>
-      <c r="H147" s="123" t="s">
+      <c r="H147" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="I147" s="191" t="s">
+      <c r="I147" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J147" s="117">
+      <c r="J147" s="49">
         <v>37483</v>
       </c>
-      <c r="K147" s="117"/>
-      <c r="L147" s="117">
+      <c r="K147" s="49"/>
+      <c r="L147" s="49">
         <v>43922</v>
       </c>
-      <c r="M147" s="119"/>
+      <c r="M147" s="51"/>
       <c r="N147" s="37"/>
     </row>
-    <row r="148" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A148" s="111" t="s">
+    <row r="148" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A148" s="46" t="s">
         <v>119</v>
       </c>
-      <c r="B148" s="111" t="s">
+      <c r="B148" s="46" t="s">
         <v>551</v>
       </c>
-      <c r="C148" s="112" t="s">
+      <c r="C148" s="32" t="s">
         <v>552</v>
       </c>
-      <c r="D148" s="113" t="s">
+      <c r="D148" s="50" t="s">
         <v>553</v>
       </c>
-      <c r="E148" s="111" t="s">
+      <c r="E148" s="46" t="s">
         <v>554</v>
       </c>
-      <c r="F148" s="114"/>
-[...1 lines deleted...]
-      <c r="H148" s="123" t="s">
+      <c r="F148" s="47"/>
+      <c r="G148" s="47"/>
+      <c r="H148" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I148" s="191" t="s">
+      <c r="I148" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J148" s="128">
+      <c r="J148" s="111">
         <v>40232</v>
       </c>
-      <c r="K148" s="128"/>
-      <c r="L148" s="118">
+      <c r="K148" s="111"/>
+      <c r="L148" s="48">
         <v>43438</v>
       </c>
-      <c r="M148" s="129"/>
+      <c r="M148" s="112"/>
       <c r="N148" s="37"/>
     </row>
-    <row r="149" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A149" s="111" t="s">
+    <row r="149" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A149" s="46" t="s">
         <v>119</v>
       </c>
-      <c r="B149" s="111" t="s">
+      <c r="B149" s="46" t="s">
         <v>555</v>
       </c>
-      <c r="C149" s="112" t="s">
+      <c r="C149" s="32" t="s">
         <v>556</v>
       </c>
-      <c r="D149" s="113" t="s">
+      <c r="D149" s="50" t="s">
         <v>557</v>
       </c>
-      <c r="E149" s="111" t="s">
+      <c r="E149" s="46" t="s">
         <v>554</v>
       </c>
-      <c r="F149" s="114"/>
-[...1 lines deleted...]
-      <c r="H149" s="123" t="s">
+      <c r="F149" s="47"/>
+      <c r="G149" s="47"/>
+      <c r="H149" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I149" s="191" t="s">
+      <c r="I149" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J149" s="128">
+      <c r="J149" s="111">
         <v>40232</v>
       </c>
-      <c r="K149" s="128"/>
-      <c r="L149" s="118">
+      <c r="K149" s="111"/>
+      <c r="L149" s="48">
         <v>43438</v>
       </c>
-      <c r="M149" s="129"/>
+      <c r="M149" s="112"/>
       <c r="N149" s="37"/>
     </row>
-    <row r="150" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A150" s="111" t="s">
+    <row r="150" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A150" s="46" t="s">
         <v>119</v>
       </c>
-      <c r="B150" s="111" t="s">
+      <c r="B150" s="46" t="s">
         <v>558</v>
       </c>
-      <c r="C150" s="112" t="s">
+      <c r="C150" s="32" t="s">
         <v>559</v>
       </c>
-      <c r="D150" s="113" t="s">
+      <c r="D150" s="50" t="s">
         <v>560</v>
       </c>
-      <c r="E150" s="111" t="s">
+      <c r="E150" s="46" t="s">
         <v>554</v>
       </c>
-      <c r="F150" s="114"/>
-[...1 lines deleted...]
-      <c r="H150" s="123" t="s">
+      <c r="F150" s="47"/>
+      <c r="G150" s="47"/>
+      <c r="H150" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I150" s="191" t="s">
+      <c r="I150" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J150" s="128">
+      <c r="J150" s="111">
         <v>40232</v>
       </c>
-      <c r="K150" s="128"/>
-      <c r="L150" s="118">
+      <c r="K150" s="111"/>
+      <c r="L150" s="48">
         <v>43438</v>
       </c>
-      <c r="M150" s="129"/>
+      <c r="M150" s="112"/>
       <c r="N150" s="37"/>
     </row>
-    <row r="151" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A151" s="111" t="s">
+    <row r="151" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A151" s="46" t="s">
         <v>119</v>
       </c>
-      <c r="B151" s="111" t="s">
+      <c r="B151" s="46" t="s">
         <v>561</v>
       </c>
-      <c r="C151" s="112" t="s">
+      <c r="C151" s="32" t="s">
         <v>562</v>
       </c>
-      <c r="D151" s="113" t="s">
+      <c r="D151" s="50" t="s">
         <v>563</v>
       </c>
-      <c r="E151" s="111" t="s">
+      <c r="E151" s="46" t="s">
         <v>554</v>
       </c>
-      <c r="F151" s="114"/>
-[...1 lines deleted...]
-      <c r="H151" s="123" t="s">
+      <c r="F151" s="47"/>
+      <c r="G151" s="47"/>
+      <c r="H151" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I151" s="191" t="s">
+      <c r="I151" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J151" s="128">
+      <c r="J151" s="111">
         <v>40232</v>
       </c>
-      <c r="K151" s="128"/>
-      <c r="L151" s="118">
+      <c r="K151" s="111"/>
+      <c r="L151" s="48">
         <v>43438</v>
       </c>
-      <c r="M151" s="129"/>
+      <c r="M151" s="112"/>
       <c r="N151" s="37"/>
     </row>
-    <row r="152" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A152" s="111" t="s">
+    <row r="152" spans="1:14" s="34" customFormat="1">
+      <c r="A152" s="46" t="s">
         <v>119</v>
       </c>
-      <c r="B152" s="111" t="s">
+      <c r="B152" s="46" t="s">
         <v>564</v>
       </c>
-      <c r="C152" s="112" t="s">
+      <c r="C152" s="32" t="s">
         <v>565</v>
       </c>
-      <c r="D152" s="113" t="s">
+      <c r="D152" s="50" t="s">
         <v>566</v>
       </c>
-      <c r="E152" s="111" t="s">
+      <c r="E152" s="46" t="s">
         <v>224</v>
       </c>
-      <c r="F152" s="114"/>
-[...1 lines deleted...]
-      <c r="H152" s="123" t="s">
+      <c r="F152" s="47"/>
+      <c r="G152" s="47"/>
+      <c r="H152" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I152" s="191" t="s">
+      <c r="I152" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J152" s="117">
+      <c r="J152" s="49">
         <v>40729</v>
       </c>
-      <c r="K152" s="117"/>
-[...1 lines deleted...]
-      <c r="M152" s="119"/>
+      <c r="K152" s="49"/>
+      <c r="L152" s="49"/>
+      <c r="M152" s="51"/>
       <c r="N152" s="37"/>
     </row>
-    <row r="153" spans="1:14" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A153" s="111" t="s">
+    <row r="153" spans="1:14" s="34" customFormat="1" ht="63.75">
+      <c r="A153" s="46" t="s">
         <v>131</v>
       </c>
-      <c r="B153" s="111" t="s">
+      <c r="B153" s="46" t="s">
         <v>567</v>
       </c>
-      <c r="C153" s="112" t="s">
+      <c r="C153" s="32" t="s">
         <v>568</v>
       </c>
-      <c r="D153" s="113" t="s">
+      <c r="D153" s="50" t="s">
         <v>569</v>
       </c>
-      <c r="E153" s="111" t="s">
+      <c r="E153" s="46" t="s">
         <v>570</v>
       </c>
-      <c r="F153" s="125"/>
-      <c r="G153" s="114" t="s">
+      <c r="F153" s="108"/>
+      <c r="G153" s="47" t="s">
         <v>1308</v>
       </c>
-      <c r="H153" s="123" t="s">
+      <c r="H153" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I153" s="191" t="s">
+      <c r="I153" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J153" s="117">
+      <c r="J153" s="49">
         <v>41078</v>
       </c>
-      <c r="K153" s="117"/>
-[...1 lines deleted...]
-      <c r="M153" s="119"/>
+      <c r="K153" s="49"/>
+      <c r="L153" s="49"/>
+      <c r="M153" s="51"/>
       <c r="N153" s="37"/>
     </row>
-    <row r="154" spans="1:14" s="34" customFormat="1" ht="51" x14ac:dyDescent="0.2">
-      <c r="A154" s="111" t="s">
+    <row r="154" spans="1:14" s="34" customFormat="1" ht="51">
+      <c r="A154" s="46" t="s">
         <v>131</v>
       </c>
-      <c r="B154" s="111" t="s">
+      <c r="B154" s="46" t="s">
         <v>571</v>
       </c>
-      <c r="C154" s="112" t="s">
+      <c r="C154" s="32" t="s">
         <v>572</v>
       </c>
-      <c r="D154" s="111" t="s">
+      <c r="D154" s="46" t="s">
         <v>573</v>
       </c>
-      <c r="E154" s="111" t="s">
+      <c r="E154" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F154" s="125"/>
-      <c r="G154" s="114" t="s">
+      <c r="F154" s="108"/>
+      <c r="G154" s="47" t="s">
         <v>574</v>
       </c>
-      <c r="H154" s="123" t="s">
+      <c r="H154" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I154" s="191" t="s">
+      <c r="I154" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J154" s="128">
+      <c r="J154" s="111">
         <v>41624</v>
       </c>
-      <c r="K154" s="128"/>
-[...1 lines deleted...]
-      <c r="M154" s="129"/>
+      <c r="K154" s="111"/>
+      <c r="L154" s="111"/>
+      <c r="M154" s="112"/>
       <c r="N154" s="37"/>
     </row>
-    <row r="155" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A155" s="111" t="s">
+    <row r="155" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A155" s="46" t="s">
         <v>131</v>
       </c>
-      <c r="B155" s="111" t="s">
+      <c r="B155" s="46" t="s">
         <v>575</v>
       </c>
-      <c r="C155" s="112" t="s">
+      <c r="C155" s="32" t="s">
         <v>576</v>
       </c>
-      <c r="D155" s="111" t="s">
+      <c r="D155" s="46" t="s">
         <v>577</v>
       </c>
-      <c r="E155" s="111" t="s">
+      <c r="E155" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F155" s="125"/>
-      <c r="G155" s="114" t="s">
+      <c r="F155" s="108"/>
+      <c r="G155" s="47" t="s">
         <v>574</v>
       </c>
-      <c r="H155" s="123" t="s">
+      <c r="H155" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I155" s="191" t="s">
+      <c r="I155" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J155" s="128">
+      <c r="J155" s="111">
         <v>41624</v>
       </c>
-      <c r="K155" s="128"/>
-[...1 lines deleted...]
-      <c r="M155" s="129"/>
+      <c r="K155" s="111"/>
+      <c r="L155" s="111"/>
+      <c r="M155" s="112"/>
       <c r="N155" s="37"/>
     </row>
-    <row r="156" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A156" s="111" t="s">
+    <row r="156" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A156" s="46" t="s">
         <v>131</v>
       </c>
-      <c r="B156" s="111" t="s">
+      <c r="B156" s="46" t="s">
         <v>578</v>
       </c>
-      <c r="C156" s="112" t="s">
+      <c r="C156" s="32" t="s">
         <v>579</v>
       </c>
-      <c r="D156" s="113" t="s">
+      <c r="D156" s="50" t="s">
         <v>580</v>
       </c>
-      <c r="E156" s="111" t="s">
+      <c r="E156" s="46" t="s">
         <v>236</v>
       </c>
-      <c r="F156" s="125"/>
-      <c r="G156" s="114" t="s">
+      <c r="F156" s="108"/>
+      <c r="G156" s="47" t="s">
         <v>1283</v>
       </c>
-      <c r="H156" s="194" t="s">
+      <c r="H156" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I156" s="191" t="s">
+      <c r="I156" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J156" s="117">
+      <c r="J156" s="49">
         <v>41990</v>
       </c>
-      <c r="K156" s="117"/>
-      <c r="L156" s="117">
+      <c r="K156" s="49"/>
+      <c r="L156" s="49">
         <v>43922</v>
       </c>
-      <c r="M156" s="119"/>
+      <c r="M156" s="51"/>
       <c r="N156" s="37"/>
     </row>
-    <row r="157" spans="1:14" s="34" customFormat="1" ht="51" x14ac:dyDescent="0.2">
-      <c r="A157" s="111" t="s">
+    <row r="157" spans="1:14" s="34" customFormat="1" ht="51">
+      <c r="A157" s="46" t="s">
         <v>131</v>
       </c>
-      <c r="B157" s="111" t="s">
+      <c r="B157" s="46" t="s">
         <v>581</v>
       </c>
-      <c r="C157" s="112" t="s">
+      <c r="C157" s="32" t="s">
         <v>582</v>
       </c>
-      <c r="D157" s="113" t="s">
+      <c r="D157" s="50" t="s">
         <v>583</v>
       </c>
-      <c r="E157" s="111" t="s">
+      <c r="E157" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F157" s="125"/>
-      <c r="G157" s="114" t="s">
+      <c r="F157" s="108"/>
+      <c r="G157" s="47" t="s">
         <v>584</v>
       </c>
-      <c r="H157" s="123" t="s">
+      <c r="H157" s="106" t="s">
         <v>1219</v>
       </c>
-      <c r="I157" s="191" t="s">
+      <c r="I157" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J157" s="117">
+      <c r="J157" s="49">
         <v>41078</v>
       </c>
-      <c r="K157" s="117">
+      <c r="K157" s="49">
         <v>45778</v>
       </c>
-      <c r="L157" s="117">
+      <c r="L157" s="49">
         <v>44743</v>
       </c>
-      <c r="M157" s="119"/>
+      <c r="M157" s="51"/>
       <c r="N157" s="37"/>
     </row>
-    <row r="158" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A158" s="111" t="s">
+    <row r="158" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A158" s="46" t="s">
         <v>131</v>
       </c>
-      <c r="B158" s="111" t="s">
+      <c r="B158" s="46" t="s">
         <v>585</v>
       </c>
-      <c r="C158" s="112" t="s">
+      <c r="C158" s="32" t="s">
         <v>586</v>
       </c>
-      <c r="D158" s="111" t="s">
+      <c r="D158" s="46" t="s">
         <v>587</v>
       </c>
-      <c r="E158" s="111" t="s">
+      <c r="E158" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F158" s="125"/>
-      <c r="G158" s="114" t="s">
+      <c r="F158" s="108"/>
+      <c r="G158" s="47" t="s">
         <v>588</v>
       </c>
-      <c r="H158" s="123" t="s">
+      <c r="H158" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I158" s="191" t="s">
+      <c r="I158" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J158" s="117">
+      <c r="J158" s="49">
         <v>41078</v>
       </c>
-      <c r="K158" s="117"/>
-[...1 lines deleted...]
-      <c r="M158" s="119"/>
+      <c r="K158" s="49"/>
+      <c r="L158" s="49"/>
+      <c r="M158" s="51"/>
       <c r="N158" s="37"/>
     </row>
-    <row r="159" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A159" s="111" t="s">
+    <row r="159" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A159" s="46" t="s">
         <v>131</v>
       </c>
-      <c r="B159" s="111" t="s">
+      <c r="B159" s="46" t="s">
         <v>589</v>
       </c>
-      <c r="C159" s="112" t="s">
+      <c r="C159" s="32" t="s">
         <v>590</v>
       </c>
-      <c r="D159" s="111" t="s">
+      <c r="D159" s="46" t="s">
         <v>591</v>
       </c>
-      <c r="E159" s="111" t="s">
+      <c r="E159" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F159" s="125"/>
-      <c r="G159" s="114" t="s">
+      <c r="F159" s="108"/>
+      <c r="G159" s="47" t="s">
         <v>592</v>
       </c>
-      <c r="H159" s="123" t="s">
+      <c r="H159" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I159" s="191" t="s">
+      <c r="I159" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J159" s="117">
+      <c r="J159" s="49">
         <v>41078</v>
       </c>
-      <c r="K159" s="117"/>
-[...1 lines deleted...]
-      <c r="M159" s="119"/>
+      <c r="K159" s="49"/>
+      <c r="L159" s="49"/>
+      <c r="M159" s="51"/>
       <c r="N159" s="37"/>
     </row>
-    <row r="160" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A160" s="111" t="s">
+    <row r="160" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A160" s="46" t="s">
         <v>134</v>
       </c>
-      <c r="B160" s="111" t="s">
+      <c r="B160" s="46" t="s">
         <v>593</v>
       </c>
-      <c r="C160" s="112"/>
-[...1 lines deleted...]
-      <c r="E160" s="111" t="s">
+      <c r="C160" s="32"/>
+      <c r="D160" s="50"/>
+      <c r="E160" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F160" s="125"/>
-      <c r="G160" s="114" t="s">
+      <c r="F160" s="108"/>
+      <c r="G160" s="47" t="s">
         <v>594</v>
       </c>
-      <c r="H160" s="123" t="s">
+      <c r="H160" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I160" s="191" t="s">
+      <c r="I160" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J160" s="128">
+      <c r="J160" s="111">
         <v>40232</v>
       </c>
-      <c r="K160" s="128"/>
-[...1 lines deleted...]
-      <c r="M160" s="129"/>
+      <c r="K160" s="111"/>
+      <c r="L160" s="111"/>
+      <c r="M160" s="112"/>
       <c r="N160" s="37"/>
     </row>
-    <row r="161" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A161" s="111" t="s">
+    <row r="161" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A161" s="46" t="s">
         <v>134</v>
       </c>
-      <c r="B161" s="111" t="s">
+      <c r="B161" s="46" t="s">
         <v>595</v>
       </c>
-      <c r="C161" s="112"/>
-[...1 lines deleted...]
-      <c r="E161" s="111" t="s">
+      <c r="C161" s="32"/>
+      <c r="D161" s="50"/>
+      <c r="E161" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F161" s="125"/>
-      <c r="G161" s="114" t="s">
+      <c r="F161" s="108"/>
+      <c r="G161" s="47" t="s">
         <v>594</v>
       </c>
-      <c r="H161" s="123" t="s">
+      <c r="H161" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I161" s="191" t="s">
+      <c r="I161" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J161" s="128">
+      <c r="J161" s="111">
         <v>40911</v>
       </c>
-      <c r="K161" s="128"/>
-[...1 lines deleted...]
-      <c r="M161" s="129"/>
+      <c r="K161" s="111"/>
+      <c r="L161" s="111"/>
+      <c r="M161" s="112"/>
       <c r="N161" s="37"/>
     </row>
-    <row r="162" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A162" s="111" t="s">
+    <row r="162" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A162" s="46" t="s">
         <v>134</v>
       </c>
-      <c r="B162" s="111" t="s">
+      <c r="B162" s="46" t="s">
         <v>596</v>
       </c>
-      <c r="C162" s="112"/>
-[...1 lines deleted...]
-      <c r="E162" s="111" t="s">
+      <c r="C162" s="32"/>
+      <c r="D162" s="50"/>
+      <c r="E162" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F162" s="125"/>
-      <c r="G162" s="114" t="s">
+      <c r="F162" s="108"/>
+      <c r="G162" s="47" t="s">
         <v>594</v>
       </c>
-      <c r="H162" s="123" t="s">
+      <c r="H162" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I162" s="191" t="s">
+      <c r="I162" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J162" s="128">
+      <c r="J162" s="111">
         <v>40911</v>
       </c>
-      <c r="K162" s="128"/>
-[...1 lines deleted...]
-      <c r="M162" s="129"/>
+      <c r="K162" s="111"/>
+      <c r="L162" s="111"/>
+      <c r="M162" s="112"/>
       <c r="N162" s="37"/>
     </row>
-    <row r="163" spans="1:14" s="34" customFormat="1" ht="51" x14ac:dyDescent="0.2">
-      <c r="A163" s="111" t="s">
+    <row r="163" spans="1:14" s="34" customFormat="1" ht="51">
+      <c r="A163" s="46" t="s">
         <v>134</v>
       </c>
-      <c r="B163" s="111" t="s">
+      <c r="B163" s="46" t="s">
         <v>597</v>
       </c>
-      <c r="C163" s="112"/>
-[...1 lines deleted...]
-      <c r="E163" s="111" t="s">
+      <c r="C163" s="32"/>
+      <c r="D163" s="50"/>
+      <c r="E163" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F163" s="125"/>
-      <c r="G163" s="114" t="s">
+      <c r="F163" s="108"/>
+      <c r="G163" s="47" t="s">
         <v>1284</v>
       </c>
-      <c r="H163" s="123" t="s">
+      <c r="H163" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I163" s="191" t="s">
+      <c r="I163" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J163" s="128">
+      <c r="J163" s="111">
         <v>40232</v>
       </c>
-      <c r="K163" s="128"/>
-[...1 lines deleted...]
-      <c r="M163" s="129"/>
+      <c r="K163" s="111"/>
+      <c r="L163" s="111"/>
+      <c r="M163" s="112"/>
       <c r="N163" s="37"/>
     </row>
-    <row r="164" spans="1:14" s="34" customFormat="1" ht="127.5" x14ac:dyDescent="0.2">
-      <c r="A164" s="113" t="s">
+    <row r="164" spans="1:14" s="34" customFormat="1" ht="127.5">
+      <c r="A164" s="50" t="s">
         <v>139</v>
       </c>
-      <c r="B164" s="111" t="s">
+      <c r="B164" s="46" t="s">
         <v>598</v>
       </c>
-      <c r="C164" s="111" t="s">
+      <c r="C164" s="46" t="s">
         <v>599</v>
       </c>
-      <c r="D164" s="111" t="s">
+      <c r="D164" s="46" t="s">
         <v>600</v>
       </c>
-      <c r="E164" s="111" t="s">
+      <c r="E164" s="46" t="s">
         <v>417</v>
       </c>
-      <c r="F164" s="125"/>
-      <c r="G164" s="114" t="s">
+      <c r="F164" s="108"/>
+      <c r="G164" s="47" t="s">
         <v>1285</v>
       </c>
-      <c r="H164" s="123">
+      <c r="H164" s="106">
         <v>3</v>
       </c>
-      <c r="I164" s="118" t="s">
+      <c r="I164" s="48" t="s">
         <v>393</v>
       </c>
-      <c r="J164" s="133">
+      <c r="J164" s="116">
         <v>43846</v>
       </c>
-      <c r="K164" s="133"/>
-[...1 lines deleted...]
-      <c r="M164" s="134"/>
+      <c r="K164" s="116"/>
+      <c r="L164" s="116"/>
+      <c r="M164" s="117"/>
       <c r="N164" s="37"/>
     </row>
-    <row r="165" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A165" s="111" t="s">
+    <row r="165" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A165" s="46" t="s">
         <v>139</v>
       </c>
-      <c r="B165" s="111" t="s">
+      <c r="B165" s="46" t="s">
         <v>601</v>
       </c>
-      <c r="C165" s="112" t="s">
+      <c r="C165" s="32" t="s">
         <v>92</v>
       </c>
-      <c r="D165" s="120" t="s">
+      <c r="D165" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="E165" s="111" t="s">
+      <c r="E165" s="46" t="s">
         <v>74</v>
       </c>
-      <c r="F165" s="114" t="s">
+      <c r="F165" s="47" t="s">
         <v>602</v>
       </c>
-      <c r="G165" s="114" t="s">
+      <c r="G165" s="47" t="s">
         <v>142</v>
       </c>
-      <c r="H165" s="192"/>
-      <c r="I165" s="191" t="s">
+      <c r="H165" s="166"/>
+      <c r="I165" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J165" s="128">
+      <c r="J165" s="111">
         <v>35852</v>
       </c>
-      <c r="K165" s="128"/>
-      <c r="L165" s="118">
+      <c r="K165" s="111"/>
+      <c r="L165" s="48">
         <v>43438</v>
       </c>
-      <c r="M165" s="129"/>
+      <c r="M165" s="112"/>
       <c r="N165" s="37"/>
     </row>
-    <row r="166" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A166" s="111" t="s">
+    <row r="166" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A166" s="46" t="s">
         <v>1213</v>
       </c>
-      <c r="B166" s="111" t="s">
+      <c r="B166" s="46" t="s">
         <v>603</v>
       </c>
-      <c r="C166" s="112" t="s">
+      <c r="C166" s="32" t="s">
         <v>604</v>
       </c>
-      <c r="D166" s="113" t="s">
+      <c r="D166" s="50" t="s">
         <v>605</v>
       </c>
-      <c r="E166" s="111" t="s">
+      <c r="E166" s="46" t="s">
         <v>1346</v>
       </c>
-      <c r="F166" s="114"/>
-      <c r="G166" s="114" t="s">
+      <c r="F166" s="47"/>
+      <c r="G166" s="47" t="s">
         <v>1377</v>
       </c>
-      <c r="H166" s="123" t="s">
+      <c r="H166" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I166" s="191" t="s">
+      <c r="I166" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J166" s="128">
+      <c r="J166" s="111">
         <v>35852</v>
       </c>
-      <c r="K166" s="128"/>
-      <c r="L166" s="128">
+      <c r="K166" s="111"/>
+      <c r="L166" s="111">
         <v>45603</v>
       </c>
-      <c r="M166" s="129"/>
+      <c r="M166" s="112"/>
       <c r="N166" s="37"/>
     </row>
-    <row r="167" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A167" s="111" t="s">
+    <row r="167" spans="1:14" s="34" customFormat="1">
+      <c r="A167" s="46" t="s">
         <v>606</v>
       </c>
-      <c r="B167" s="111" t="s">
+      <c r="B167" s="46" t="s">
         <v>607</v>
       </c>
-      <c r="C167" s="112" t="s">
+      <c r="C167" s="32" t="s">
         <v>608</v>
       </c>
-      <c r="D167" s="113" t="s">
+      <c r="D167" s="50" t="s">
         <v>609</v>
       </c>
-      <c r="E167" s="111" t="s">
+      <c r="E167" s="46" t="s">
         <v>610</v>
       </c>
-      <c r="F167" s="114"/>
-      <c r="G167" s="114" t="s">
+      <c r="F167" s="47"/>
+      <c r="G167" s="47" t="s">
         <v>611</v>
       </c>
-      <c r="H167" s="123"/>
-      <c r="I167" s="191" t="s">
+      <c r="H167" s="106"/>
+      <c r="I167" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J167" s="128">
+      <c r="J167" s="111">
         <v>35852</v>
       </c>
-      <c r="K167" s="128"/>
-[...1 lines deleted...]
-      <c r="M167" s="129"/>
+      <c r="K167" s="111"/>
+      <c r="L167" s="111"/>
+      <c r="M167" s="112"/>
       <c r="N167" s="37"/>
     </row>
-    <row r="168" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A168" s="111" t="s">
+    <row r="168" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A168" s="46" t="s">
         <v>606</v>
       </c>
-      <c r="B168" s="111" t="s">
+      <c r="B168" s="46" t="s">
         <v>612</v>
       </c>
-      <c r="C168" s="112" t="s">
+      <c r="C168" s="32" t="s">
         <v>613</v>
       </c>
-      <c r="D168" s="113" t="s">
+      <c r="D168" s="50" t="s">
         <v>614</v>
       </c>
-      <c r="E168" s="111" t="s">
+      <c r="E168" s="46" t="s">
         <v>615</v>
       </c>
-      <c r="F168" s="114"/>
-      <c r="G168" s="114" t="s">
+      <c r="F168" s="47"/>
+      <c r="G168" s="47" t="s">
         <v>611</v>
       </c>
-      <c r="H168" s="123"/>
-      <c r="I168" s="191" t="s">
+      <c r="H168" s="106"/>
+      <c r="I168" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J168" s="128">
+      <c r="J168" s="111">
         <v>35852</v>
       </c>
-      <c r="K168" s="128"/>
-[...1 lines deleted...]
-      <c r="M168" s="129"/>
+      <c r="K168" s="111"/>
+      <c r="L168" s="111"/>
+      <c r="M168" s="112"/>
       <c r="N168" s="37"/>
     </row>
-    <row r="169" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A169" s="111" t="s">
+    <row r="169" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A169" s="46" t="s">
         <v>606</v>
       </c>
-      <c r="B169" s="111" t="s">
+      <c r="B169" s="46" t="s">
         <v>616</v>
       </c>
-      <c r="C169" s="112" t="s">
+      <c r="C169" s="32" t="s">
         <v>617</v>
       </c>
-      <c r="D169" s="111" t="s">
+      <c r="D169" s="46" t="s">
         <v>618</v>
       </c>
-      <c r="E169" s="111" t="s">
+      <c r="E169" s="46" t="s">
         <v>619</v>
       </c>
-      <c r="F169" s="125"/>
-      <c r="G169" s="114" t="s">
+      <c r="F169" s="108"/>
+      <c r="G169" s="47" t="s">
         <v>620</v>
       </c>
-      <c r="H169" s="123" t="s">
+      <c r="H169" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I169" s="191" t="s">
+      <c r="I169" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J169" s="128">
+      <c r="J169" s="111">
         <v>41078</v>
       </c>
-      <c r="K169" s="128"/>
-[...1 lines deleted...]
-      <c r="M169" s="129"/>
+      <c r="K169" s="111"/>
+      <c r="L169" s="111"/>
+      <c r="M169" s="112"/>
       <c r="N169" s="37"/>
     </row>
-    <row r="170" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A170" s="111" t="s">
+    <row r="170" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A170" s="46" t="s">
         <v>606</v>
       </c>
-      <c r="B170" s="111" t="s">
+      <c r="B170" s="46" t="s">
         <v>621</v>
       </c>
-      <c r="C170" s="112" t="s">
+      <c r="C170" s="32" t="s">
         <v>622</v>
       </c>
-      <c r="D170" s="111" t="s">
+      <c r="D170" s="46" t="s">
         <v>623</v>
       </c>
-      <c r="E170" s="111" t="s">
+      <c r="E170" s="46" t="s">
         <v>624</v>
       </c>
-      <c r="F170" s="125"/>
-      <c r="G170" s="114" t="s">
+      <c r="F170" s="108"/>
+      <c r="G170" s="47" t="s">
         <v>1286</v>
       </c>
-      <c r="H170" s="123" t="s">
+      <c r="H170" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I170" s="191" t="s">
+      <c r="I170" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J170" s="128">
+      <c r="J170" s="111">
         <v>37483</v>
       </c>
-      <c r="K170" s="128"/>
-[...1 lines deleted...]
-      <c r="M170" s="129"/>
+      <c r="K170" s="111"/>
+      <c r="L170" s="111"/>
+      <c r="M170" s="112"/>
       <c r="N170" s="37"/>
     </row>
-    <row r="171" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A171" s="111" t="s">
+    <row r="171" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A171" s="46" t="s">
         <v>165</v>
       </c>
-      <c r="B171" s="111" t="s">
+      <c r="B171" s="46" t="s">
         <v>170</v>
       </c>
-      <c r="C171" s="112" t="s">
+      <c r="C171" s="32" t="s">
         <v>171</v>
       </c>
-      <c r="D171" s="113" t="s">
+      <c r="D171" s="50" t="s">
         <v>172</v>
       </c>
-      <c r="E171" s="111" t="s">
+      <c r="E171" s="46" t="s">
         <v>93</v>
       </c>
-      <c r="F171" s="114" t="s">
+      <c r="F171" s="47" t="s">
         <v>1273</v>
       </c>
-      <c r="G171" s="114" t="s">
+      <c r="G171" s="47" t="s">
         <v>625</v>
       </c>
-      <c r="H171" s="192"/>
-      <c r="I171" s="191" t="s">
+      <c r="H171" s="166"/>
+      <c r="I171" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J171" s="128">
+      <c r="J171" s="111">
         <v>35852</v>
       </c>
-      <c r="K171" s="128"/>
-      <c r="L171" s="117">
+      <c r="K171" s="111"/>
+      <c r="L171" s="49">
         <v>43922</v>
       </c>
-      <c r="M171" s="129"/>
+      <c r="M171" s="112"/>
       <c r="N171" s="37"/>
     </row>
-    <row r="172" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A172" s="111" t="s">
+    <row r="172" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A172" s="46" t="s">
         <v>165</v>
       </c>
-      <c r="B172" s="111" t="s">
+      <c r="B172" s="46" t="s">
         <v>173</v>
       </c>
-      <c r="C172" s="112" t="s">
+      <c r="C172" s="32" t="s">
         <v>174</v>
       </c>
-      <c r="D172" s="113" t="s">
+      <c r="D172" s="50" t="s">
         <v>175</v>
       </c>
-      <c r="E172" s="111" t="s">
+      <c r="E172" s="46" t="s">
         <v>93</v>
       </c>
-      <c r="F172" s="114" t="s">
+      <c r="F172" s="47" t="s">
         <v>1272</v>
       </c>
-      <c r="G172" s="114" t="s">
+      <c r="G172" s="47" t="s">
         <v>625</v>
       </c>
-      <c r="H172" s="192"/>
-      <c r="I172" s="191" t="s">
+      <c r="H172" s="166"/>
+      <c r="I172" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J172" s="128">
+      <c r="J172" s="111">
         <v>35852</v>
       </c>
-      <c r="K172" s="128"/>
-      <c r="L172" s="117">
+      <c r="K172" s="111"/>
+      <c r="L172" s="49">
         <v>43922</v>
       </c>
-      <c r="M172" s="129"/>
+      <c r="M172" s="112"/>
       <c r="N172" s="37"/>
     </row>
-    <row r="173" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A173" s="111" t="s">
+    <row r="173" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A173" s="46" t="s">
         <v>165</v>
       </c>
-      <c r="B173" s="111" t="s">
+      <c r="B173" s="46" t="s">
         <v>176</v>
       </c>
-      <c r="C173" s="112" t="s">
+      <c r="C173" s="32" t="s">
         <v>177</v>
       </c>
-      <c r="D173" s="113" t="s">
+      <c r="D173" s="50" t="s">
         <v>178</v>
       </c>
-      <c r="E173" s="111" t="s">
+      <c r="E173" s="46" t="s">
         <v>93</v>
       </c>
-      <c r="F173" s="114" t="s">
+      <c r="F173" s="47" t="s">
         <v>1271</v>
       </c>
-      <c r="G173" s="114" t="s">
+      <c r="G173" s="47" t="s">
         <v>625</v>
       </c>
-      <c r="H173" s="192"/>
-      <c r="I173" s="118" t="s">
+      <c r="H173" s="166"/>
+      <c r="I173" s="48" t="s">
         <v>393</v>
       </c>
-      <c r="J173" s="128">
+      <c r="J173" s="111">
         <v>35852</v>
       </c>
-      <c r="K173" s="128"/>
-      <c r="L173" s="117">
+      <c r="K173" s="111"/>
+      <c r="L173" s="49">
         <v>43922</v>
       </c>
-      <c r="M173" s="129"/>
+      <c r="M173" s="112"/>
       <c r="N173" s="37"/>
     </row>
-    <row r="174" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A174" s="111" t="s">
+    <row r="174" spans="1:14" s="34" customFormat="1">
+      <c r="A174" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B174" s="111" t="s">
+      <c r="B174" s="46" t="s">
         <v>627</v>
       </c>
-      <c r="C174" s="112" t="s">
+      <c r="C174" s="32" t="s">
         <v>628</v>
       </c>
-      <c r="D174" s="111" t="s">
+      <c r="D174" s="46" t="s">
         <v>629</v>
       </c>
-      <c r="E174" s="111" t="s">
+      <c r="E174" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F174" s="125"/>
-      <c r="G174" s="114" t="s">
+      <c r="F174" s="108"/>
+      <c r="G174" s="47" t="s">
         <v>630</v>
       </c>
-      <c r="H174" s="123" t="s">
+      <c r="H174" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I174" s="191" t="s">
+      <c r="I174" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J174" s="128">
+      <c r="J174" s="111">
         <v>41262</v>
       </c>
-      <c r="K174" s="128"/>
-[...1 lines deleted...]
-      <c r="M174" s="129"/>
+      <c r="K174" s="111"/>
+      <c r="L174" s="111"/>
+      <c r="M174" s="112"/>
       <c r="N174" s="37"/>
     </row>
-    <row r="175" spans="1:14" s="34" customFormat="1" ht="15.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A175" s="111" t="s">
+    <row r="175" spans="1:14" s="34" customFormat="1" ht="15.75" customHeight="1">
+      <c r="A175" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B175" s="111" t="s">
+      <c r="B175" s="46" t="s">
         <v>631</v>
       </c>
-      <c r="C175" s="112" t="s">
+      <c r="C175" s="32" t="s">
         <v>632</v>
       </c>
-      <c r="D175" s="111" t="s">
+      <c r="D175" s="46" t="s">
         <v>633</v>
       </c>
-      <c r="E175" s="111" t="s">
+      <c r="E175" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F175" s="125"/>
-      <c r="G175" s="114" t="s">
+      <c r="F175" s="108"/>
+      <c r="G175" s="47" t="s">
         <v>1287</v>
       </c>
-      <c r="H175" s="123" t="s">
+      <c r="H175" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I175" s="191" t="s">
+      <c r="I175" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J175" s="128">
+      <c r="J175" s="111">
         <v>41262</v>
       </c>
-      <c r="K175" s="128"/>
-[...1 lines deleted...]
-      <c r="M175" s="129"/>
+      <c r="K175" s="111"/>
+      <c r="L175" s="111"/>
+      <c r="M175" s="112"/>
       <c r="N175" s="37"/>
     </row>
-    <row r="176" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A176" s="111" t="s">
+    <row r="176" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A176" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B176" s="111" t="s">
+      <c r="B176" s="46" t="s">
         <v>634</v>
       </c>
-      <c r="C176" s="112" t="s">
+      <c r="C176" s="32" t="s">
         <v>635</v>
       </c>
-      <c r="D176" s="113" t="s">
+      <c r="D176" s="50" t="s">
         <v>636</v>
       </c>
-      <c r="E176" s="111" t="s">
+      <c r="E176" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F176" s="125"/>
-      <c r="G176" s="114" t="s">
+      <c r="F176" s="108"/>
+      <c r="G176" s="47" t="s">
         <v>637</v>
       </c>
-      <c r="H176" s="123" t="s">
+      <c r="H176" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I176" s="191" t="s">
+      <c r="I176" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J176" s="117">
+      <c r="J176" s="49">
         <v>41078</v>
       </c>
-      <c r="K176" s="117"/>
-[...1 lines deleted...]
-      <c r="M176" s="119"/>
+      <c r="K176" s="49"/>
+      <c r="L176" s="49"/>
+      <c r="M176" s="51"/>
       <c r="N176" s="37"/>
     </row>
-    <row r="177" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A177" s="111" t="s">
+    <row r="177" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A177" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B177" s="111" t="s">
+      <c r="B177" s="46" t="s">
         <v>638</v>
       </c>
-      <c r="C177" s="112" t="s">
+      <c r="C177" s="32" t="s">
         <v>639</v>
       </c>
-      <c r="D177" s="113" t="s">
+      <c r="D177" s="50" t="s">
         <v>640</v>
       </c>
-      <c r="E177" s="111" t="s">
+      <c r="E177" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F177" s="125"/>
-      <c r="G177" s="114" t="s">
+      <c r="F177" s="108"/>
+      <c r="G177" s="47" t="s">
         <v>641</v>
       </c>
-      <c r="H177" s="123" t="s">
+      <c r="H177" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I177" s="191" t="s">
+      <c r="I177" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J177" s="117">
+      <c r="J177" s="49">
         <v>41078</v>
       </c>
-      <c r="K177" s="117"/>
-[...1 lines deleted...]
-      <c r="M177" s="119"/>
+      <c r="K177" s="49"/>
+      <c r="L177" s="49"/>
+      <c r="M177" s="51"/>
       <c r="N177" s="37"/>
     </row>
-    <row r="178" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A178" s="111" t="s">
+    <row r="178" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A178" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B178" s="111" t="s">
+      <c r="B178" s="46" t="s">
         <v>642</v>
       </c>
-      <c r="C178" s="142" t="s">
+      <c r="C178" s="125" t="s">
         <v>643</v>
       </c>
-      <c r="D178" s="113" t="s">
+      <c r="D178" s="50" t="s">
         <v>644</v>
       </c>
-      <c r="E178" s="111" t="s">
+      <c r="E178" s="46" t="s">
         <v>85</v>
       </c>
-      <c r="F178" s="125"/>
-      <c r="G178" s="114" t="s">
+      <c r="F178" s="108"/>
+      <c r="G178" s="47" t="s">
         <v>646</v>
       </c>
-      <c r="H178" s="123">
+      <c r="H178" s="106">
         <v>3</v>
       </c>
-      <c r="I178" s="191" t="s">
+      <c r="I178" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J178" s="117">
+      <c r="J178" s="49">
         <v>43278</v>
       </c>
-      <c r="K178" s="117"/>
-      <c r="L178" s="118">
+      <c r="K178" s="49"/>
+      <c r="L178" s="48">
         <v>43438</v>
       </c>
-      <c r="M178" s="119"/>
+      <c r="M178" s="51"/>
       <c r="N178" s="37"/>
     </row>
-    <row r="179" spans="1:14" s="34" customFormat="1" ht="89.25" x14ac:dyDescent="0.2">
-      <c r="A179" s="111" t="s">
+    <row r="179" spans="1:14" s="34" customFormat="1" ht="89.25">
+      <c r="A179" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B179" s="111" t="s">
+      <c r="B179" s="46" t="s">
         <v>647</v>
       </c>
-      <c r="C179" s="112" t="s">
+      <c r="C179" s="32" t="s">
         <v>648</v>
       </c>
-      <c r="D179" s="113" t="s">
+      <c r="D179" s="50" t="s">
         <v>649</v>
       </c>
-      <c r="E179" s="111" t="s">
+      <c r="E179" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F179" s="125"/>
-      <c r="G179" s="114" t="s">
+      <c r="F179" s="108"/>
+      <c r="G179" s="47" t="s">
         <v>1288</v>
       </c>
-      <c r="H179" s="123">
+      <c r="H179" s="106">
         <v>3</v>
       </c>
-      <c r="I179" s="191" t="s">
+      <c r="I179" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J179" s="117">
+      <c r="J179" s="49">
         <v>43278</v>
       </c>
-      <c r="K179" s="117"/>
-      <c r="L179" s="118">
+      <c r="K179" s="49"/>
+      <c r="L179" s="48">
         <v>43438</v>
       </c>
-      <c r="M179" s="119"/>
+      <c r="M179" s="51"/>
       <c r="N179" s="37"/>
     </row>
-    <row r="180" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A180" s="111" t="s">
+    <row r="180" spans="1:14" s="34" customFormat="1">
+      <c r="A180" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B180" s="111" t="s">
+      <c r="B180" s="46" t="s">
         <v>650</v>
       </c>
-      <c r="C180" s="112" t="s">
+      <c r="C180" s="32" t="s">
         <v>651</v>
       </c>
-      <c r="D180" s="111" t="s">
+      <c r="D180" s="46" t="s">
         <v>652</v>
       </c>
-      <c r="E180" s="111" t="s">
+      <c r="E180" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F180" s="114"/>
-[...1 lines deleted...]
-      <c r="H180" s="123" t="s">
+      <c r="F180" s="47"/>
+      <c r="G180" s="47"/>
+      <c r="H180" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I180" s="191" t="s">
+      <c r="I180" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J180" s="128">
+      <c r="J180" s="111">
         <v>41262</v>
       </c>
-      <c r="K180" s="128"/>
-[...1 lines deleted...]
-      <c r="M180" s="129"/>
+      <c r="K180" s="111"/>
+      <c r="L180" s="111"/>
+      <c r="M180" s="112"/>
       <c r="N180" s="37"/>
     </row>
-    <row r="181" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A181" s="111" t="s">
+    <row r="181" spans="1:14" s="34" customFormat="1">
+      <c r="A181" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B181" s="111" t="s">
+      <c r="B181" s="46" t="s">
         <v>653</v>
       </c>
-      <c r="C181" s="112" t="s">
+      <c r="C181" s="32" t="s">
         <v>654</v>
       </c>
-      <c r="D181" s="111" t="s">
+      <c r="D181" s="46" t="s">
         <v>655</v>
       </c>
-      <c r="E181" s="111" t="s">
+      <c r="E181" s="46" t="s">
         <v>656</v>
       </c>
-      <c r="F181" s="114"/>
-[...1 lines deleted...]
-      <c r="H181" s="123" t="s">
+      <c r="F181" s="47"/>
+      <c r="G181" s="47"/>
+      <c r="H181" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I181" s="191" t="s">
+      <c r="I181" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J181" s="128">
+      <c r="J181" s="111">
         <v>41262</v>
       </c>
-      <c r="K181" s="128"/>
-      <c r="L181" s="118">
+      <c r="K181" s="111"/>
+      <c r="L181" s="48">
         <v>43438</v>
       </c>
-      <c r="M181" s="129"/>
+      <c r="M181" s="112"/>
       <c r="N181" s="37"/>
     </row>
-    <row r="182" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A182" s="111" t="s">
+    <row r="182" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A182" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B182" s="111" t="s">
+      <c r="B182" s="46" t="s">
         <v>657</v>
       </c>
-      <c r="C182" s="142" t="s">
+      <c r="C182" s="125" t="s">
         <v>658</v>
       </c>
-      <c r="D182" s="113" t="s">
+      <c r="D182" s="50" t="s">
         <v>659</v>
       </c>
-      <c r="E182" s="111" t="s">
+      <c r="E182" s="46" t="s">
         <v>85</v>
       </c>
-      <c r="F182" s="125"/>
-      <c r="G182" s="114" t="s">
+      <c r="F182" s="108"/>
+      <c r="G182" s="47" t="s">
         <v>660</v>
       </c>
-      <c r="H182" s="123">
+      <c r="H182" s="106">
         <v>3</v>
       </c>
-      <c r="I182" s="191" t="s">
+      <c r="I182" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J182" s="117">
+      <c r="J182" s="49">
         <v>43278</v>
       </c>
-      <c r="K182" s="117"/>
-      <c r="L182" s="118">
+      <c r="K182" s="49"/>
+      <c r="L182" s="48">
         <v>43438</v>
       </c>
-      <c r="M182" s="119"/>
+      <c r="M182" s="51"/>
       <c r="N182" s="37"/>
     </row>
-    <row r="183" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A183" s="111" t="s">
+    <row r="183" spans="1:14" s="34" customFormat="1">
+      <c r="A183" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B183" s="111" t="s">
+      <c r="B183" s="46" t="s">
         <v>661</v>
       </c>
-      <c r="C183" s="112" t="s">
+      <c r="C183" s="32" t="s">
         <v>662</v>
       </c>
-      <c r="D183" s="111" t="s">
+      <c r="D183" s="46" t="s">
         <v>663</v>
       </c>
-      <c r="E183" s="111" t="s">
+      <c r="E183" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F183" s="125"/>
-      <c r="G183" s="114" t="s">
+      <c r="F183" s="108"/>
+      <c r="G183" s="47" t="s">
         <v>1289</v>
       </c>
-      <c r="H183" s="123" t="s">
+      <c r="H183" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I183" s="191" t="s">
+      <c r="I183" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J183" s="128">
+      <c r="J183" s="111">
         <v>41262</v>
       </c>
-      <c r="K183" s="128"/>
-[...1 lines deleted...]
-      <c r="M183" s="129"/>
+      <c r="K183" s="111"/>
+      <c r="L183" s="111"/>
+      <c r="M183" s="112"/>
       <c r="N183" s="37"/>
     </row>
-    <row r="184" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A184" s="111" t="s">
+    <row r="184" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A184" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B184" s="111" t="s">
+      <c r="B184" s="46" t="s">
         <v>664</v>
       </c>
-      <c r="C184" s="112" t="s">
+      <c r="C184" s="32" t="s">
         <v>665</v>
       </c>
-      <c r="D184" s="111" t="s">
+      <c r="D184" s="46" t="s">
         <v>666</v>
       </c>
-      <c r="E184" s="111" t="s">
+      <c r="E184" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F184" s="125"/>
-      <c r="G184" s="114" t="s">
+      <c r="F184" s="108"/>
+      <c r="G184" s="47" t="s">
         <v>1290</v>
       </c>
-      <c r="H184" s="123" t="s">
+      <c r="H184" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I184" s="191" t="s">
+      <c r="I184" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J184" s="128">
+      <c r="J184" s="111">
         <v>41262</v>
       </c>
-      <c r="K184" s="128"/>
-[...1 lines deleted...]
-      <c r="M184" s="129"/>
+      <c r="K184" s="111"/>
+      <c r="L184" s="111"/>
+      <c r="M184" s="112"/>
       <c r="N184" s="37"/>
     </row>
-    <row r="185" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A185" s="111" t="s">
+    <row r="185" spans="1:14" s="34" customFormat="1">
+      <c r="A185" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B185" s="111" t="s">
+      <c r="B185" s="46" t="s">
         <v>667</v>
       </c>
-      <c r="C185" s="112" t="s">
+      <c r="C185" s="32" t="s">
         <v>668</v>
       </c>
-      <c r="D185" s="111" t="s">
+      <c r="D185" s="46" t="s">
         <v>669</v>
       </c>
-      <c r="E185" s="111" t="s">
+      <c r="E185" s="46" t="s">
         <v>352</v>
       </c>
-      <c r="F185" s="114"/>
-[...1 lines deleted...]
-      <c r="H185" s="123" t="s">
+      <c r="F185" s="47"/>
+      <c r="G185" s="47"/>
+      <c r="H185" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I185" s="191" t="s">
+      <c r="I185" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J185" s="128">
+      <c r="J185" s="111">
         <v>41262</v>
       </c>
-      <c r="K185" s="128"/>
-[...1 lines deleted...]
-      <c r="M185" s="129"/>
+      <c r="K185" s="111"/>
+      <c r="L185" s="111"/>
+      <c r="M185" s="112"/>
       <c r="N185" s="37"/>
     </row>
-    <row r="186" spans="1:14" s="34" customFormat="1" ht="68.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A186" s="111" t="s">
+    <row r="186" spans="1:14" s="34" customFormat="1" ht="68.099999999999994" customHeight="1">
+      <c r="A186" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B186" s="111" t="s">
+      <c r="B186" s="46" t="s">
         <v>670</v>
       </c>
-      <c r="C186" s="112" t="s">
+      <c r="C186" s="32" t="s">
         <v>671</v>
       </c>
-      <c r="D186" s="111" t="s">
+      <c r="D186" s="46" t="s">
         <v>672</v>
       </c>
-      <c r="E186" s="111" t="s">
+      <c r="E186" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F186" s="114"/>
-[...1 lines deleted...]
-      <c r="H186" s="123" t="s">
+      <c r="F186" s="47"/>
+      <c r="G186" s="47"/>
+      <c r="H186" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I186" s="191" t="s">
+      <c r="I186" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J186" s="128">
+      <c r="J186" s="111">
         <v>41262</v>
       </c>
-      <c r="K186" s="128"/>
-[...1 lines deleted...]
-      <c r="M186" s="129"/>
+      <c r="K186" s="111"/>
+      <c r="L186" s="111"/>
+      <c r="M186" s="112"/>
       <c r="N186" s="37"/>
     </row>
-    <row r="187" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A187" s="111" t="s">
+    <row r="187" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A187" s="46" t="s">
         <v>626</v>
       </c>
-      <c r="B187" s="111" t="s">
+      <c r="B187" s="46" t="s">
         <v>673</v>
       </c>
-      <c r="C187" s="112" t="s">
+      <c r="C187" s="32" t="s">
         <v>674</v>
       </c>
-      <c r="D187" s="113" t="s">
+      <c r="D187" s="50" t="s">
         <v>675</v>
       </c>
-      <c r="E187" s="111" t="s">
+      <c r="E187" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F187" s="125"/>
-      <c r="G187" s="114" t="s">
+      <c r="F187" s="108"/>
+      <c r="G187" s="47" t="s">
         <v>637</v>
       </c>
-      <c r="H187" s="123" t="s">
+      <c r="H187" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I187" s="191" t="s">
+      <c r="I187" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J187" s="117">
+      <c r="J187" s="49">
         <v>41078</v>
       </c>
-      <c r="K187" s="117"/>
-[...1 lines deleted...]
-      <c r="M187" s="119"/>
+      <c r="K187" s="49"/>
+      <c r="L187" s="49"/>
+      <c r="M187" s="51"/>
       <c r="N187" s="37"/>
     </row>
-    <row r="188" spans="1:14" s="34" customFormat="1" ht="114.75" x14ac:dyDescent="0.2">
-      <c r="A188" s="195" t="s">
+    <row r="188" spans="1:14" s="34" customFormat="1" ht="114.75">
+      <c r="A188" s="169" t="s">
         <v>626</v>
       </c>
       <c r="B188" s="44" t="s">
         <v>676</v>
       </c>
       <c r="C188" s="44" t="s">
         <v>677</v>
       </c>
       <c r="D188" s="44" t="s">
         <v>678</v>
       </c>
-      <c r="E188" s="195" t="s">
+      <c r="E188" s="169" t="s">
         <v>53</v>
       </c>
-      <c r="F188" s="195"/>
-      <c r="G188" s="114" t="s">
+      <c r="F188" s="169"/>
+      <c r="G188" s="47" t="s">
         <v>679</v>
       </c>
-      <c r="H188" s="68" t="s">
+      <c r="H188" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I188" s="191" t="s">
+      <c r="I188" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J188" s="143">
+      <c r="J188" s="66">
         <v>44385</v>
       </c>
-      <c r="K188" s="196"/>
-[...1 lines deleted...]
-      <c r="M188" s="144"/>
+      <c r="K188" s="170"/>
+      <c r="L188" s="66"/>
+      <c r="M188" s="67"/>
       <c r="N188" s="37"/>
     </row>
-    <row r="189" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A189" s="111" t="s">
+    <row r="189" spans="1:14" s="34" customFormat="1">
+      <c r="A189" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B189" s="111" t="s">
+      <c r="B189" s="46" t="s">
         <v>680</v>
       </c>
-      <c r="C189" s="112" t="s">
+      <c r="C189" s="32" t="s">
         <v>92</v>
       </c>
-      <c r="D189" s="120" t="s">
+      <c r="D189" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="E189" s="111" t="s">
+      <c r="E189" s="46" t="s">
         <v>681</v>
       </c>
-      <c r="F189" s="114"/>
-      <c r="G189" s="114" t="s">
+      <c r="F189" s="47"/>
+      <c r="G189" s="47" t="s">
         <v>682</v>
       </c>
-      <c r="H189" s="123"/>
-      <c r="I189" s="191" t="s">
+      <c r="H189" s="106"/>
+      <c r="I189" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J189" s="117">
+      <c r="J189" s="49">
         <v>37483</v>
       </c>
-      <c r="K189" s="117"/>
-[...1 lines deleted...]
-      <c r="M189" s="119"/>
+      <c r="K189" s="49"/>
+      <c r="L189" s="49"/>
+      <c r="M189" s="51"/>
       <c r="N189" s="37"/>
     </row>
-    <row r="190" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A190" s="111" t="s">
+    <row r="190" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A190" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B190" s="111" t="s">
+      <c r="B190" s="46" t="s">
         <v>683</v>
       </c>
-      <c r="C190" s="112" t="s">
+      <c r="C190" s="32" t="s">
         <v>92</v>
       </c>
-      <c r="D190" s="120" t="s">
+      <c r="D190" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="E190" s="111" t="s">
+      <c r="E190" s="46" t="s">
         <v>681</v>
       </c>
-      <c r="F190" s="125"/>
-      <c r="G190" s="114" t="s">
+      <c r="F190" s="108"/>
+      <c r="G190" s="47" t="s">
         <v>684</v>
       </c>
-      <c r="H190" s="123"/>
-      <c r="I190" s="191" t="s">
+      <c r="H190" s="106"/>
+      <c r="I190" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J190" s="117">
+      <c r="J190" s="49">
         <v>35852</v>
       </c>
-      <c r="K190" s="117"/>
-[...1 lines deleted...]
-      <c r="M190" s="119"/>
+      <c r="K190" s="49"/>
+      <c r="L190" s="49"/>
+      <c r="M190" s="51"/>
       <c r="N190" s="37"/>
     </row>
-    <row r="191" spans="1:14" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A191" s="111" t="s">
+    <row r="191" spans="1:14" s="34" customFormat="1" ht="63.75">
+      <c r="A191" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B191" s="111" t="s">
+      <c r="B191" s="46" t="s">
         <v>685</v>
       </c>
-      <c r="C191" s="112" t="s">
+      <c r="C191" s="32" t="s">
         <v>92</v>
       </c>
-      <c r="D191" s="120" t="s">
+      <c r="D191" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="E191" s="111" t="s">
+      <c r="E191" s="46" t="s">
         <v>686</v>
       </c>
-      <c r="F191" s="114" t="s">
+      <c r="F191" s="47" t="s">
         <v>1174</v>
       </c>
-      <c r="G191" s="114" t="s">
+      <c r="G191" s="47" t="s">
         <v>687</v>
       </c>
-      <c r="H191" s="123" t="s">
+      <c r="H191" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="I191" s="191" t="s">
+      <c r="I191" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J191" s="117">
+      <c r="J191" s="49">
         <v>35852</v>
       </c>
-      <c r="K191" s="117"/>
-      <c r="L191" s="118">
+      <c r="K191" s="49"/>
+      <c r="L191" s="48">
         <v>43476</v>
       </c>
-      <c r="M191" s="119"/>
+      <c r="M191" s="51"/>
       <c r="N191" s="37"/>
     </row>
-    <row r="192" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A192" s="111" t="s">
+    <row r="192" spans="1:14" s="34" customFormat="1">
+      <c r="A192" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B192" s="111" t="s">
+      <c r="B192" s="46" t="s">
         <v>688</v>
       </c>
-      <c r="C192" s="112" t="s">
+      <c r="C192" s="32" t="s">
         <v>92</v>
       </c>
-      <c r="D192" s="120" t="s">
+      <c r="D192" s="103" t="s">
         <v>92</v>
       </c>
-      <c r="E192" s="111" t="s">
+      <c r="E192" s="46" t="s">
         <v>240</v>
       </c>
-      <c r="F192" s="114"/>
-      <c r="G192" s="114" t="s">
+      <c r="F192" s="47"/>
+      <c r="G192" s="47" t="s">
         <v>241</v>
       </c>
-      <c r="H192" s="123" t="s">
+      <c r="H192" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="I192" s="191" t="s">
+      <c r="I192" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J192" s="117">
+      <c r="J192" s="49">
         <v>35852</v>
       </c>
-      <c r="K192" s="117"/>
-      <c r="L192" s="118">
+      <c r="K192" s="49"/>
+      <c r="L192" s="48">
         <v>43438</v>
       </c>
-      <c r="M192" s="119"/>
+      <c r="M192" s="51"/>
       <c r="N192" s="37"/>
     </row>
-    <row r="193" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A193" s="111" t="s">
+    <row r="193" spans="1:14" s="34" customFormat="1">
+      <c r="A193" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B193" s="111" t="s">
+      <c r="B193" s="46" t="s">
         <v>689</v>
       </c>
-      <c r="C193" s="112" t="s">
+      <c r="C193" s="32" t="s">
         <v>690</v>
       </c>
-      <c r="D193" s="113" t="s">
+      <c r="D193" s="50" t="s">
         <v>691</v>
       </c>
-      <c r="E193" s="111"/>
-[...1 lines deleted...]
-      <c r="G193" s="114" t="s">
+      <c r="E193" s="46"/>
+      <c r="F193" s="47"/>
+      <c r="G193" s="47" t="s">
         <v>194</v>
       </c>
-      <c r="H193" s="123"/>
-      <c r="I193" s="191" t="s">
+      <c r="H193" s="106"/>
+      <c r="I193" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J193" s="117">
+      <c r="J193" s="49">
         <v>35852</v>
       </c>
-      <c r="K193" s="117"/>
-[...1 lines deleted...]
-      <c r="M193" s="119"/>
+      <c r="K193" s="49"/>
+      <c r="L193" s="49"/>
+      <c r="M193" s="51"/>
       <c r="N193" s="37"/>
     </row>
-    <row r="194" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A194" s="111" t="s">
+    <row r="194" spans="1:14" s="34" customFormat="1">
+      <c r="A194" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B194" s="111" t="s">
+      <c r="B194" s="46" t="s">
         <v>692</v>
       </c>
-      <c r="C194" s="112" t="s">
+      <c r="C194" s="32" t="s">
         <v>693</v>
       </c>
-      <c r="D194" s="113" t="s">
+      <c r="D194" s="50" t="s">
         <v>694</v>
       </c>
-      <c r="E194" s="111" t="s">
+      <c r="E194" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F194" s="125"/>
-      <c r="G194" s="114" t="s">
+      <c r="F194" s="108"/>
+      <c r="G194" s="47" t="s">
         <v>1291</v>
       </c>
-      <c r="H194" s="123" t="s">
+      <c r="H194" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I194" s="191" t="s">
+      <c r="I194" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J194" s="117">
+      <c r="J194" s="49">
         <v>41262</v>
       </c>
-      <c r="K194" s="117"/>
-[...1 lines deleted...]
-      <c r="M194" s="119"/>
+      <c r="K194" s="49"/>
+      <c r="L194" s="49"/>
+      <c r="M194" s="51"/>
       <c r="N194" s="37"/>
     </row>
-    <row r="195" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A195" s="111" t="s">
+    <row r="195" spans="1:14" s="34" customFormat="1">
+      <c r="A195" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B195" s="111" t="s">
+      <c r="B195" s="46" t="s">
         <v>695</v>
       </c>
-      <c r="C195" s="112" t="s">
+      <c r="C195" s="32" t="s">
         <v>696</v>
       </c>
-      <c r="D195" s="113" t="s">
+      <c r="D195" s="50" t="s">
         <v>697</v>
       </c>
-      <c r="E195" s="111" t="s">
+      <c r="E195" s="46" t="s">
         <v>224</v>
       </c>
-      <c r="F195" s="114"/>
-[...1 lines deleted...]
-      <c r="H195" s="194" t="s">
+      <c r="F195" s="47"/>
+      <c r="G195" s="47"/>
+      <c r="H195" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I195" s="191" t="s">
+      <c r="I195" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J195" s="117">
+      <c r="J195" s="49">
         <v>40911</v>
       </c>
-      <c r="K195" s="117"/>
-      <c r="L195" s="117">
+      <c r="K195" s="49"/>
+      <c r="L195" s="49">
         <v>43922</v>
       </c>
-      <c r="M195" s="119"/>
+      <c r="M195" s="51"/>
       <c r="N195" s="37"/>
     </row>
-    <row r="196" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A196" s="111" t="s">
+    <row r="196" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A196" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B196" s="111" t="s">
+      <c r="B196" s="46" t="s">
         <v>698</v>
       </c>
-      <c r="C196" s="112" t="s">
+      <c r="C196" s="32" t="s">
         <v>699</v>
       </c>
-      <c r="D196" s="113" t="s">
+      <c r="D196" s="50" t="s">
         <v>700</v>
       </c>
-      <c r="E196" s="111" t="s">
+      <c r="E196" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F196" s="125"/>
-      <c r="G196" s="114" t="s">
+      <c r="F196" s="108"/>
+      <c r="G196" s="47" t="s">
         <v>1292</v>
       </c>
-      <c r="H196" s="123" t="s">
+      <c r="H196" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I196" s="191" t="s">
+      <c r="I196" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J196" s="117">
+      <c r="J196" s="49">
         <v>41262</v>
       </c>
-      <c r="K196" s="117"/>
-[...1 lines deleted...]
-      <c r="M196" s="119"/>
+      <c r="K196" s="49"/>
+      <c r="L196" s="49"/>
+      <c r="M196" s="51"/>
       <c r="N196" s="37"/>
     </row>
-    <row r="197" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A197" s="111" t="s">
+    <row r="197" spans="1:14" s="34" customFormat="1">
+      <c r="A197" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B197" s="111" t="s">
+      <c r="B197" s="46" t="s">
         <v>698</v>
       </c>
-      <c r="C197" s="112" t="s">
+      <c r="C197" s="32" t="s">
         <v>701</v>
       </c>
-      <c r="D197" s="113" t="s">
+      <c r="D197" s="50" t="s">
         <v>702</v>
       </c>
-      <c r="E197" s="111" t="s">
+      <c r="E197" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F197" s="125"/>
-      <c r="G197" s="114" t="s">
+      <c r="F197" s="108"/>
+      <c r="G197" s="47" t="s">
         <v>703</v>
       </c>
-      <c r="H197" s="123" t="s">
+      <c r="H197" s="106" t="s">
         <v>455</v>
       </c>
-      <c r="I197" s="191" t="s">
+      <c r="I197" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J197" s="117">
+      <c r="J197" s="49">
         <v>41262</v>
       </c>
-      <c r="K197" s="117"/>
-[...1 lines deleted...]
-      <c r="M197" s="119"/>
+      <c r="K197" s="49"/>
+      <c r="L197" s="49"/>
+      <c r="M197" s="51"/>
       <c r="N197" s="37"/>
     </row>
-    <row r="198" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A198" s="111" t="s">
+    <row r="198" spans="1:14" s="34" customFormat="1">
+      <c r="A198" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B198" s="111" t="s">
+      <c r="B198" s="46" t="s">
         <v>704</v>
       </c>
-      <c r="C198" s="112" t="s">
+      <c r="C198" s="32" t="s">
         <v>705</v>
       </c>
-      <c r="D198" s="113" t="s">
+      <c r="D198" s="50" t="s">
         <v>706</v>
       </c>
-      <c r="E198" s="111" t="s">
+      <c r="E198" s="46" t="s">
         <v>240</v>
       </c>
-      <c r="F198" s="114"/>
-      <c r="G198" s="114" t="s">
+      <c r="F198" s="47"/>
+      <c r="G198" s="47" t="s">
         <v>241</v>
       </c>
-      <c r="H198" s="123" t="s">
+      <c r="H198" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I198" s="191" t="s">
+      <c r="I198" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J198" s="117">
+      <c r="J198" s="49">
         <v>39770</v>
       </c>
-      <c r="K198" s="117"/>
-[...1 lines deleted...]
-      <c r="M198" s="119"/>
+      <c r="K198" s="49"/>
+      <c r="L198" s="49"/>
+      <c r="M198" s="51"/>
       <c r="N198" s="37"/>
     </row>
-    <row r="199" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A199" s="111" t="s">
+    <row r="199" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A199" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B199" s="111" t="s">
+      <c r="B199" s="46" t="s">
         <v>707</v>
       </c>
-      <c r="C199" s="112" t="s">
+      <c r="C199" s="32" t="s">
         <v>708</v>
       </c>
-      <c r="D199" s="113" t="s">
+      <c r="D199" s="50" t="s">
         <v>709</v>
       </c>
-      <c r="E199" s="111" t="s">
+      <c r="E199" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F199" s="125"/>
-      <c r="G199" s="114" t="s">
+      <c r="F199" s="108"/>
+      <c r="G199" s="47" t="s">
         <v>1293</v>
       </c>
-      <c r="H199" s="123" t="s">
+      <c r="H199" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I199" s="191" t="s">
+      <c r="I199" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J199" s="117">
+      <c r="J199" s="49">
         <v>41262</v>
       </c>
-      <c r="K199" s="117"/>
-[...1 lines deleted...]
-      <c r="M199" s="119"/>
+      <c r="K199" s="49"/>
+      <c r="L199" s="49"/>
+      <c r="M199" s="51"/>
       <c r="N199" s="37"/>
     </row>
-    <row r="200" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A200" s="111" t="s">
+    <row r="200" spans="1:14" s="34" customFormat="1">
+      <c r="A200" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B200" s="111" t="s">
+      <c r="B200" s="46" t="s">
         <v>710</v>
       </c>
-      <c r="C200" s="112" t="s">
+      <c r="C200" s="32" t="s">
         <v>711</v>
       </c>
-      <c r="D200" s="113" t="s">
+      <c r="D200" s="50" t="s">
         <v>712</v>
       </c>
-      <c r="E200" s="111" t="s">
+      <c r="E200" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F200" s="125"/>
-      <c r="G200" s="114" t="s">
+      <c r="F200" s="108"/>
+      <c r="G200" s="47" t="s">
         <v>713</v>
       </c>
-      <c r="H200" s="123" t="s">
+      <c r="H200" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I200" s="191" t="s">
+      <c r="I200" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J200" s="117">
+      <c r="J200" s="49">
         <v>41262</v>
       </c>
-      <c r="K200" s="117">
+      <c r="K200" s="49">
         <v>45778</v>
       </c>
-      <c r="L200" s="117">
+      <c r="L200" s="49">
         <v>44743</v>
       </c>
-      <c r="M200" s="119"/>
+      <c r="M200" s="51"/>
       <c r="N200" s="37"/>
     </row>
-    <row r="201" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A201" s="111" t="s">
+    <row r="201" spans="1:14" s="34" customFormat="1">
+      <c r="A201" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B201" s="111" t="s">
+      <c r="B201" s="46" t="s">
         <v>714</v>
       </c>
-      <c r="C201" s="112" t="s">
+      <c r="C201" s="32" t="s">
         <v>715</v>
       </c>
-      <c r="D201" s="113" t="s">
+      <c r="D201" s="50" t="s">
         <v>716</v>
       </c>
-      <c r="E201" s="111" t="s">
+      <c r="E201" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F201" s="125"/>
-      <c r="G201" s="114" t="s">
+      <c r="F201" s="108"/>
+      <c r="G201" s="47" t="s">
         <v>1294</v>
       </c>
-      <c r="H201" s="123" t="s">
+      <c r="H201" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I201" s="191" t="s">
+      <c r="I201" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J201" s="117">
+      <c r="J201" s="49">
         <v>41262</v>
       </c>
-      <c r="K201" s="117"/>
-[...1 lines deleted...]
-      <c r="M201" s="119"/>
+      <c r="K201" s="49"/>
+      <c r="L201" s="49"/>
+      <c r="M201" s="51"/>
       <c r="N201" s="37"/>
     </row>
-    <row r="202" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A202" s="111" t="s">
+    <row r="202" spans="1:14" s="34" customFormat="1">
+      <c r="A202" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B202" s="111" t="s">
+      <c r="B202" s="46" t="s">
         <v>717</v>
       </c>
-      <c r="C202" s="112" t="s">
+      <c r="C202" s="32" t="s">
         <v>718</v>
       </c>
-      <c r="D202" s="113" t="s">
+      <c r="D202" s="50" t="s">
         <v>719</v>
       </c>
-      <c r="E202" s="111" t="s">
+      <c r="E202" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F202" s="114"/>
-      <c r="G202" s="114" t="s">
+      <c r="F202" s="47"/>
+      <c r="G202" s="47" t="s">
         <v>720</v>
       </c>
-      <c r="H202" s="123" t="s">
+      <c r="H202" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I202" s="191" t="s">
+      <c r="I202" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J202" s="117">
+      <c r="J202" s="49">
         <v>41262</v>
       </c>
-      <c r="K202" s="117"/>
-[...1 lines deleted...]
-      <c r="M202" s="119"/>
+      <c r="K202" s="49"/>
+      <c r="L202" s="49"/>
+      <c r="M202" s="51"/>
       <c r="N202" s="37"/>
     </row>
-    <row r="203" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A203" s="111" t="s">
+    <row r="203" spans="1:14" s="34" customFormat="1">
+      <c r="A203" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B203" s="111" t="s">
+      <c r="B203" s="46" t="s">
         <v>721</v>
       </c>
-      <c r="C203" s="112" t="s">
+      <c r="C203" s="32" t="s">
         <v>722</v>
       </c>
-      <c r="D203" s="113" t="s">
+      <c r="D203" s="50" t="s">
         <v>723</v>
       </c>
-      <c r="E203" s="111" t="s">
+      <c r="E203" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F203" s="125"/>
-      <c r="G203" s="114" t="s">
+      <c r="F203" s="108"/>
+      <c r="G203" s="47" t="s">
         <v>1295</v>
       </c>
-      <c r="H203" s="123" t="s">
+      <c r="H203" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I203" s="191" t="s">
+      <c r="I203" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J203" s="117">
+      <c r="J203" s="49">
         <v>41262</v>
       </c>
-      <c r="K203" s="117"/>
-[...1 lines deleted...]
-      <c r="M203" s="119"/>
+      <c r="K203" s="49"/>
+      <c r="L203" s="49"/>
+      <c r="M203" s="51"/>
       <c r="N203" s="37"/>
     </row>
-    <row r="204" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A204" s="111" t="s">
+    <row r="204" spans="1:14" s="34" customFormat="1">
+      <c r="A204" s="46" t="s">
         <v>131</v>
       </c>
-      <c r="B204" s="111" t="s">
+      <c r="B204" s="46" t="s">
         <v>724</v>
       </c>
-      <c r="C204" s="112" t="s">
+      <c r="C204" s="32" t="s">
         <v>725</v>
       </c>
-      <c r="D204" s="113" t="s">
+      <c r="D204" s="50" t="s">
         <v>726</v>
       </c>
-      <c r="E204" s="111" t="s">
+      <c r="E204" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F204" s="114"/>
-      <c r="G204" s="114" t="s">
+      <c r="F204" s="47"/>
+      <c r="G204" s="47" t="s">
         <v>727</v>
       </c>
-      <c r="H204" s="123" t="s">
+      <c r="H204" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I204" s="191" t="s">
+      <c r="I204" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J204" s="117">
+      <c r="J204" s="49">
         <v>41262</v>
       </c>
-      <c r="K204" s="117"/>
-      <c r="L204" s="128">
+      <c r="K204" s="49"/>
+      <c r="L204" s="111">
         <v>45359</v>
       </c>
-      <c r="M204" s="119"/>
+      <c r="M204" s="51"/>
       <c r="N204" s="37"/>
     </row>
-    <row r="205" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A205" s="111" t="s">
+    <row r="205" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A205" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B205" s="111" t="s">
+      <c r="B205" s="46" t="s">
         <v>728</v>
       </c>
-      <c r="C205" s="112" t="s">
+      <c r="C205" s="32" t="s">
         <v>729</v>
       </c>
-      <c r="D205" s="113" t="s">
+      <c r="D205" s="50" t="s">
         <v>730</v>
       </c>
-      <c r="E205" s="111" t="s">
+      <c r="E205" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F205" s="125"/>
-      <c r="G205" s="114" t="s">
+      <c r="F205" s="108"/>
+      <c r="G205" s="47" t="s">
         <v>1296</v>
       </c>
-      <c r="H205" s="123" t="s">
+      <c r="H205" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I205" s="191" t="s">
+      <c r="I205" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J205" s="117">
+      <c r="J205" s="49">
         <v>41262</v>
       </c>
-      <c r="K205" s="117"/>
-[...1 lines deleted...]
-      <c r="M205" s="119"/>
+      <c r="K205" s="49"/>
+      <c r="L205" s="49"/>
+      <c r="M205" s="51"/>
       <c r="N205" s="37"/>
     </row>
-    <row r="206" spans="1:14" s="34" customFormat="1" ht="12.6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A206" s="111" t="s">
+    <row r="206" spans="1:14" s="34" customFormat="1" ht="12.6" customHeight="1">
+      <c r="A206" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B206" s="111" t="s">
+      <c r="B206" s="46" t="s">
         <v>731</v>
       </c>
-      <c r="C206" s="112" t="s">
+      <c r="C206" s="32" t="s">
         <v>732</v>
       </c>
-      <c r="D206" s="113" t="s">
+      <c r="D206" s="50" t="s">
         <v>733</v>
       </c>
-      <c r="E206" s="111" t="s">
+      <c r="E206" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F206" s="125"/>
-      <c r="G206" s="114" t="s">
+      <c r="F206" s="108"/>
+      <c r="G206" s="47" t="s">
         <v>1297</v>
       </c>
-      <c r="H206" s="123" t="s">
+      <c r="H206" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I206" s="191" t="s">
+      <c r="I206" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J206" s="117">
+      <c r="J206" s="49">
         <v>41262</v>
       </c>
-      <c r="K206" s="117"/>
-[...1 lines deleted...]
-      <c r="M206" s="119"/>
+      <c r="K206" s="49"/>
+      <c r="L206" s="49"/>
+      <c r="M206" s="51"/>
       <c r="N206" s="37"/>
     </row>
-    <row r="207" spans="1:14" s="34" customFormat="1" ht="52.5" x14ac:dyDescent="0.2">
-      <c r="A207" s="111" t="s">
+    <row r="207" spans="1:14" s="34" customFormat="1" ht="52.5">
+      <c r="A207" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B207" s="111" t="s">
+      <c r="B207" s="46" t="s">
         <v>734</v>
       </c>
-      <c r="C207" s="112" t="s">
+      <c r="C207" s="32" t="s">
         <v>735</v>
       </c>
-      <c r="D207" s="113" t="s">
+      <c r="D207" s="50" t="s">
         <v>736</v>
       </c>
-      <c r="E207" s="111" t="s">
+      <c r="E207" s="46" t="s">
         <v>85</v>
       </c>
-      <c r="F207" s="114" t="s">
+      <c r="F207" s="47" t="s">
         <v>1309</v>
       </c>
-      <c r="G207" s="114" t="s">
+      <c r="G207" s="47" t="s">
         <v>204</v>
       </c>
-      <c r="H207" s="123" t="s">
+      <c r="H207" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="I207" s="191" t="s">
+      <c r="I207" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J207" s="117">
+      <c r="J207" s="49">
         <v>37483</v>
       </c>
-      <c r="K207" s="117"/>
-[...1 lines deleted...]
-      <c r="M207" s="119"/>
+      <c r="K207" s="49"/>
+      <c r="L207" s="49"/>
+      <c r="M207" s="51"/>
       <c r="N207" s="37"/>
     </row>
-    <row r="208" spans="1:14" s="34" customFormat="1" ht="39" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A208" s="111" t="s">
+    <row r="208" spans="1:14" s="34" customFormat="1" ht="39" customHeight="1">
+      <c r="A208" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B208" s="111" t="s">
+      <c r="B208" s="46" t="s">
         <v>737</v>
       </c>
-      <c r="C208" s="112" t="s">
+      <c r="C208" s="32" t="s">
         <v>738</v>
       </c>
-      <c r="D208" s="113" t="s">
+      <c r="D208" s="50" t="s">
         <v>739</v>
       </c>
-      <c r="E208" s="111" t="s">
+      <c r="E208" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F208" s="125"/>
-      <c r="G208" s="114" t="s">
+      <c r="F208" s="108"/>
+      <c r="G208" s="47" t="s">
         <v>740</v>
       </c>
-      <c r="H208" s="123" t="s">
+      <c r="H208" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I208" s="191" t="s">
+      <c r="I208" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J208" s="117">
+      <c r="J208" s="49">
         <v>41078</v>
       </c>
-      <c r="K208" s="117"/>
-[...1 lines deleted...]
-      <c r="M208" s="119"/>
+      <c r="K208" s="49"/>
+      <c r="L208" s="49"/>
+      <c r="M208" s="51"/>
       <c r="N208" s="37"/>
     </row>
-    <row r="209" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A209" s="111" t="s">
+    <row r="209" spans="1:14" s="34" customFormat="1">
+      <c r="A209" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B209" s="111" t="s">
+      <c r="B209" s="46" t="s">
         <v>741</v>
       </c>
-      <c r="C209" s="112" t="s">
+      <c r="C209" s="32" t="s">
         <v>742</v>
       </c>
-      <c r="D209" s="113" t="s">
+      <c r="D209" s="50" t="s">
         <v>743</v>
       </c>
-      <c r="E209" s="111" t="s">
+      <c r="E209" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F209" s="114"/>
-      <c r="G209" s="114" t="s">
+      <c r="F209" s="47"/>
+      <c r="G209" s="47" t="s">
         <v>744</v>
       </c>
-      <c r="H209" s="123" t="s">
+      <c r="H209" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I209" s="191" t="s">
+      <c r="I209" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J209" s="117">
+      <c r="J209" s="49">
         <v>41262</v>
       </c>
-      <c r="K209" s="117"/>
-[...1 lines deleted...]
-      <c r="M209" s="119"/>
+      <c r="K209" s="49"/>
+      <c r="L209" s="49"/>
+      <c r="M209" s="51"/>
       <c r="N209" s="37"/>
     </row>
-    <row r="210" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A210" s="111" t="s">
+    <row r="210" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A210" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B210" s="111" t="s">
+      <c r="B210" s="46" t="s">
         <v>745</v>
       </c>
-      <c r="C210" s="112" t="s">
+      <c r="C210" s="32" t="s">
         <v>746</v>
       </c>
-      <c r="D210" s="113" t="s">
+      <c r="D210" s="50" t="s">
         <v>747</v>
       </c>
-      <c r="E210" s="111" t="s">
+      <c r="E210" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F210" s="114"/>
-      <c r="G210" s="114" t="s">
+      <c r="F210" s="47"/>
+      <c r="G210" s="47" t="s">
         <v>748</v>
       </c>
-      <c r="H210" s="123" t="s">
+      <c r="H210" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I210" s="191" t="s">
+      <c r="I210" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J210" s="117">
+      <c r="J210" s="49">
         <v>41262</v>
       </c>
-      <c r="K210" s="117"/>
-[...1 lines deleted...]
-      <c r="M210" s="119"/>
+      <c r="K210" s="49"/>
+      <c r="L210" s="49"/>
+      <c r="M210" s="51"/>
       <c r="N210" s="37"/>
     </row>
-    <row r="211" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A211" s="111" t="s">
+    <row r="211" spans="1:14" s="34" customFormat="1">
+      <c r="A211" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B211" s="111" t="s">
+      <c r="B211" s="46" t="s">
         <v>749</v>
       </c>
-      <c r="C211" s="112" t="s">
+      <c r="C211" s="32" t="s">
         <v>750</v>
       </c>
-      <c r="D211" s="113" t="s">
+      <c r="D211" s="50" t="s">
         <v>751</v>
       </c>
-      <c r="E211" s="111" t="s">
+      <c r="E211" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F211" s="114"/>
-[...1 lines deleted...]
-      <c r="H211" s="123" t="s">
+      <c r="F211" s="47"/>
+      <c r="G211" s="47"/>
+      <c r="H211" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I211" s="191" t="s">
+      <c r="I211" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J211" s="117">
+      <c r="J211" s="49">
         <v>40911</v>
       </c>
-      <c r="K211" s="117"/>
-[...1 lines deleted...]
-      <c r="M211" s="119"/>
+      <c r="K211" s="49"/>
+      <c r="L211" s="49"/>
+      <c r="M211" s="51"/>
       <c r="N211" s="37"/>
     </row>
-    <row r="212" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A212" s="111" t="s">
+    <row r="212" spans="1:14" s="34" customFormat="1">
+      <c r="A212" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B212" s="111" t="s">
+      <c r="B212" s="46" t="s">
         <v>752</v>
       </c>
-      <c r="C212" s="112" t="s">
+      <c r="C212" s="32" t="s">
         <v>753</v>
       </c>
-      <c r="D212" s="113" t="s">
+      <c r="D212" s="50" t="s">
         <v>754</v>
       </c>
-      <c r="E212" s="111" t="s">
+      <c r="E212" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F212" s="125"/>
-      <c r="G212" s="114" t="s">
+      <c r="F212" s="108"/>
+      <c r="G212" s="47" t="s">
         <v>1291</v>
       </c>
-      <c r="H212" s="123" t="s">
+      <c r="H212" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I212" s="191" t="s">
+      <c r="I212" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J212" s="117">
+      <c r="J212" s="49">
         <v>41262</v>
       </c>
-      <c r="K212" s="117"/>
-[...1 lines deleted...]
-      <c r="M212" s="119"/>
+      <c r="K212" s="49"/>
+      <c r="L212" s="49"/>
+      <c r="M212" s="51"/>
       <c r="N212" s="37"/>
     </row>
-    <row r="213" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A213" s="111" t="s">
+    <row r="213" spans="1:14" s="34" customFormat="1">
+      <c r="A213" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B213" s="111" t="s">
+      <c r="B213" s="46" t="s">
         <v>755</v>
       </c>
-      <c r="C213" s="112" t="s">
+      <c r="C213" s="32" t="s">
         <v>756</v>
       </c>
-      <c r="D213" s="113" t="s">
+      <c r="D213" s="50" t="s">
         <v>757</v>
       </c>
-      <c r="E213" s="111" t="s">
+      <c r="E213" s="46" t="s">
         <v>758</v>
       </c>
-      <c r="F213" s="114"/>
-      <c r="G213" s="114" t="s">
+      <c r="F213" s="47"/>
+      <c r="G213" s="47" t="s">
         <v>241</v>
       </c>
-      <c r="H213" s="192" t="s">
+      <c r="H213" s="166" t="s">
         <v>455</v>
       </c>
-      <c r="I213" s="191" t="s">
+      <c r="I213" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J213" s="117">
+      <c r="J213" s="49">
         <v>39770</v>
       </c>
-      <c r="K213" s="117"/>
-      <c r="L213" s="117">
+      <c r="K213" s="49"/>
+      <c r="L213" s="49">
         <v>43922</v>
       </c>
-      <c r="M213" s="119"/>
+      <c r="M213" s="51"/>
       <c r="N213" s="37"/>
     </row>
-    <row r="214" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A214" s="111" t="s">
+    <row r="214" spans="1:14" s="34" customFormat="1">
+      <c r="A214" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B214" s="111" t="s">
+      <c r="B214" s="46" t="s">
         <v>759</v>
       </c>
-      <c r="C214" s="112" t="s">
+      <c r="C214" s="32" t="s">
         <v>760</v>
       </c>
-      <c r="D214" s="113" t="s">
+      <c r="D214" s="50" t="s">
         <v>761</v>
       </c>
-      <c r="E214" s="111" t="s">
+      <c r="E214" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F214" s="114"/>
-[...1 lines deleted...]
-      <c r="H214" s="123" t="s">
+      <c r="F214" s="47"/>
+      <c r="G214" s="47"/>
+      <c r="H214" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I214" s="191" t="s">
+      <c r="I214" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J214" s="117">
+      <c r="J214" s="49">
         <v>40911</v>
       </c>
-      <c r="K214" s="117"/>
-[...1 lines deleted...]
-      <c r="M214" s="119"/>
+      <c r="K214" s="49"/>
+      <c r="L214" s="49"/>
+      <c r="M214" s="51"/>
       <c r="N214" s="37"/>
     </row>
-    <row r="215" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A215" s="111" t="s">
+    <row r="215" spans="1:14" s="34" customFormat="1">
+      <c r="A215" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B215" s="111" t="s">
+      <c r="B215" s="46" t="s">
         <v>762</v>
       </c>
-      <c r="C215" s="112" t="s">
+      <c r="C215" s="32" t="s">
         <v>763</v>
       </c>
-      <c r="D215" s="113" t="s">
+      <c r="D215" s="50" t="s">
         <v>764</v>
       </c>
-      <c r="E215" s="111" t="s">
+      <c r="E215" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F215" s="125"/>
-      <c r="G215" s="114" t="s">
+      <c r="F215" s="108"/>
+      <c r="G215" s="47" t="s">
         <v>1291</v>
       </c>
-      <c r="H215" s="123" t="s">
+      <c r="H215" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I215" s="191" t="s">
+      <c r="I215" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J215" s="117">
+      <c r="J215" s="49">
         <v>41262</v>
       </c>
-      <c r="K215" s="117"/>
-[...1 lines deleted...]
-      <c r="M215" s="119"/>
+      <c r="K215" s="49"/>
+      <c r="L215" s="49"/>
+      <c r="M215" s="51"/>
       <c r="N215" s="37"/>
     </row>
-    <row r="216" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A216" s="111" t="s">
+    <row r="216" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A216" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B216" s="111" t="s">
+      <c r="B216" s="46" t="s">
         <v>765</v>
       </c>
-      <c r="C216" s="112" t="s">
+      <c r="C216" s="32" t="s">
         <v>766</v>
       </c>
-      <c r="D216" s="113" t="s">
+      <c r="D216" s="50" t="s">
         <v>767</v>
       </c>
-      <c r="E216" s="111" t="s">
+      <c r="E216" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F216" s="125"/>
-      <c r="G216" s="114" t="s">
+      <c r="F216" s="108"/>
+      <c r="G216" s="47" t="s">
         <v>768</v>
       </c>
-      <c r="H216" s="123" t="s">
+      <c r="H216" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I216" s="191" t="s">
+      <c r="I216" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J216" s="117">
+      <c r="J216" s="49">
         <v>41624</v>
       </c>
-      <c r="K216" s="117"/>
-[...1 lines deleted...]
-      <c r="M216" s="119"/>
+      <c r="K216" s="49"/>
+      <c r="L216" s="49"/>
+      <c r="M216" s="51"/>
       <c r="N216" s="37"/>
     </row>
-    <row r="217" spans="1:14" s="34" customFormat="1" ht="21" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A217" s="111" t="s">
+    <row r="217" spans="1:14" s="34" customFormat="1" ht="21" customHeight="1">
+      <c r="A217" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B217" s="111" t="s">
+      <c r="B217" s="46" t="s">
         <v>769</v>
       </c>
-      <c r="C217" s="112" t="s">
+      <c r="C217" s="32" t="s">
         <v>770</v>
       </c>
-      <c r="D217" s="113" t="s">
+      <c r="D217" s="50" t="s">
         <v>771</v>
       </c>
-      <c r="E217" s="111" t="s">
+      <c r="E217" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F217" s="114"/>
-[...1 lines deleted...]
-      <c r="H217" s="123" t="s">
+      <c r="F217" s="47"/>
+      <c r="G217" s="47"/>
+      <c r="H217" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I217" s="191" t="s">
+      <c r="I217" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J217" s="117">
+      <c r="J217" s="49">
         <v>41262</v>
       </c>
-      <c r="K217" s="117"/>
-[...1 lines deleted...]
-      <c r="M217" s="119"/>
+      <c r="K217" s="49"/>
+      <c r="L217" s="49"/>
+      <c r="M217" s="51"/>
       <c r="N217" s="37"/>
     </row>
-    <row r="218" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A218" s="111" t="s">
+    <row r="218" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A218" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B218" s="111" t="s">
+      <c r="B218" s="46" t="s">
         <v>772</v>
       </c>
-      <c r="C218" s="112" t="s">
+      <c r="C218" s="32" t="s">
         <v>773</v>
       </c>
-      <c r="D218" s="113" t="s">
+      <c r="D218" s="50" t="s">
         <v>774</v>
       </c>
-      <c r="E218" s="111" t="s">
+      <c r="E218" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F218" s="114"/>
-      <c r="G218" s="114" t="s">
+      <c r="F218" s="47"/>
+      <c r="G218" s="47" t="s">
         <v>775</v>
       </c>
-      <c r="H218" s="123" t="s">
+      <c r="H218" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I218" s="191" t="s">
+      <c r="I218" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J218" s="117">
+      <c r="J218" s="49">
         <v>41262</v>
       </c>
-      <c r="K218" s="117"/>
-[...1 lines deleted...]
-      <c r="M218" s="119"/>
+      <c r="K218" s="49"/>
+      <c r="L218" s="49"/>
+      <c r="M218" s="51"/>
       <c r="N218" s="37"/>
     </row>
-    <row r="219" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A219" s="111" t="s">
+    <row r="219" spans="1:14" s="34" customFormat="1">
+      <c r="A219" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B219" s="111" t="s">
+      <c r="B219" s="46" t="s">
         <v>776</v>
       </c>
-      <c r="C219" s="112" t="s">
+      <c r="C219" s="32" t="s">
         <v>777</v>
       </c>
-      <c r="D219" s="113" t="s">
+      <c r="D219" s="50" t="s">
         <v>778</v>
       </c>
-      <c r="E219" s="111" t="s">
+      <c r="E219" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F219" s="114"/>
-[...1 lines deleted...]
-      <c r="H219" s="123" t="s">
+      <c r="F219" s="47"/>
+      <c r="G219" s="47"/>
+      <c r="H219" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I219" s="191" t="s">
+      <c r="I219" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J219" s="117">
+      <c r="J219" s="49">
         <v>40911</v>
       </c>
-      <c r="K219" s="117"/>
-[...1 lines deleted...]
-      <c r="M219" s="119"/>
+      <c r="K219" s="49"/>
+      <c r="L219" s="49"/>
+      <c r="M219" s="51"/>
       <c r="N219" s="37"/>
     </row>
-    <row r="220" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A220" s="111" t="s">
+    <row r="220" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A220" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B220" s="111" t="s">
+      <c r="B220" s="46" t="s">
         <v>779</v>
       </c>
-      <c r="C220" s="142" t="s">
+      <c r="C220" s="125" t="s">
         <v>780</v>
       </c>
-      <c r="D220" s="111" t="s">
+      <c r="D220" s="46" t="s">
         <v>781</v>
       </c>
-      <c r="E220" s="111" t="s">
+      <c r="E220" s="46" t="s">
         <v>435</v>
       </c>
-      <c r="F220" s="114"/>
-      <c r="G220" s="114" t="s">
+      <c r="F220" s="47"/>
+      <c r="G220" s="47" t="s">
         <v>782</v>
       </c>
-      <c r="H220" s="123" t="s">
+      <c r="H220" s="106" t="s">
         <v>455</v>
       </c>
-      <c r="I220" s="191" t="s">
+      <c r="I220" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J220" s="128">
+      <c r="J220" s="111">
         <v>43278</v>
       </c>
-      <c r="K220" s="128"/>
-[...1 lines deleted...]
-      <c r="M220" s="129"/>
+      <c r="K220" s="111"/>
+      <c r="L220" s="111"/>
+      <c r="M220" s="112"/>
       <c r="N220" s="37"/>
     </row>
-    <row r="221" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A221" s="111" t="s">
+    <row r="221" spans="1:14" s="34" customFormat="1">
+      <c r="A221" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B221" s="111" t="s">
+      <c r="B221" s="46" t="s">
         <v>783</v>
       </c>
-      <c r="C221" s="112" t="s">
+      <c r="C221" s="32" t="s">
         <v>784</v>
       </c>
-      <c r="D221" s="113" t="s">
+      <c r="D221" s="50" t="s">
         <v>785</v>
       </c>
-      <c r="E221" s="111" t="s">
+      <c r="E221" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F221" s="125"/>
-      <c r="G221" s="114" t="s">
+      <c r="F221" s="108"/>
+      <c r="G221" s="47" t="s">
         <v>1291</v>
       </c>
-      <c r="H221" s="123" t="s">
+      <c r="H221" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I221" s="191" t="s">
+      <c r="I221" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J221" s="117">
+      <c r="J221" s="49">
         <v>41262</v>
       </c>
-      <c r="K221" s="117"/>
-[...1 lines deleted...]
-      <c r="M221" s="119"/>
+      <c r="K221" s="49"/>
+      <c r="L221" s="49"/>
+      <c r="M221" s="51"/>
       <c r="N221" s="37"/>
     </row>
-    <row r="222" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A222" s="111" t="s">
+    <row r="222" spans="1:14" s="34" customFormat="1">
+      <c r="A222" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B222" s="111" t="s">
+      <c r="B222" s="46" t="s">
         <v>786</v>
       </c>
-      <c r="C222" s="112" t="s">
+      <c r="C222" s="32" t="s">
         <v>787</v>
       </c>
-      <c r="D222" s="113" t="s">
+      <c r="D222" s="50" t="s">
         <v>788</v>
       </c>
-      <c r="E222" s="111" t="s">
+      <c r="E222" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F222" s="125"/>
-      <c r="G222" s="114" t="s">
+      <c r="F222" s="108"/>
+      <c r="G222" s="47" t="s">
         <v>1291</v>
       </c>
-      <c r="H222" s="123" t="s">
+      <c r="H222" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I222" s="191" t="s">
+      <c r="I222" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J222" s="117">
+      <c r="J222" s="49">
         <v>41262</v>
       </c>
-      <c r="K222" s="117"/>
-[...1 lines deleted...]
-      <c r="M222" s="119"/>
+      <c r="K222" s="49"/>
+      <c r="L222" s="49"/>
+      <c r="M222" s="51"/>
       <c r="N222" s="37"/>
     </row>
-    <row r="223" spans="1:14" s="34" customFormat="1" ht="62.45" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A223" s="111" t="s">
+    <row r="223" spans="1:14" s="34" customFormat="1" ht="62.45" customHeight="1">
+      <c r="A223" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B223" s="111" t="s">
+      <c r="B223" s="46" t="s">
         <v>789</v>
       </c>
-      <c r="C223" s="112" t="s">
+      <c r="C223" s="32" t="s">
         <v>790</v>
       </c>
-      <c r="D223" s="113" t="s">
+      <c r="D223" s="50" t="s">
         <v>791</v>
       </c>
-      <c r="E223" s="111" t="s">
+      <c r="E223" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F223" s="125"/>
-      <c r="G223" s="114" t="s">
+      <c r="F223" s="108"/>
+      <c r="G223" s="47" t="s">
         <v>1310</v>
       </c>
-      <c r="H223" s="123" t="s">
+      <c r="H223" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I223" s="191" t="s">
+      <c r="I223" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J223" s="117">
+      <c r="J223" s="49">
         <v>41262</v>
       </c>
-      <c r="K223" s="117"/>
-[...1 lines deleted...]
-      <c r="M223" s="119"/>
+      <c r="K223" s="49"/>
+      <c r="L223" s="49"/>
+      <c r="M223" s="51"/>
       <c r="N223" s="37"/>
     </row>
-    <row r="224" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A224" s="111" t="s">
+    <row r="224" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A224" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B224" s="111" t="s">
+      <c r="B224" s="46" t="s">
         <v>792</v>
       </c>
-      <c r="C224" s="112" t="s">
+      <c r="C224" s="32" t="s">
         <v>793</v>
       </c>
-      <c r="D224" s="113" t="s">
+      <c r="D224" s="50" t="s">
         <v>794</v>
       </c>
-      <c r="E224" s="111" t="s">
+      <c r="E224" s="46" t="s">
         <v>224</v>
       </c>
-      <c r="F224" s="114"/>
-      <c r="G224" s="114" t="s">
+      <c r="F224" s="47"/>
+      <c r="G224" s="47" t="s">
         <v>795</v>
       </c>
-      <c r="H224" s="123" t="s">
+      <c r="H224" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I224" s="191" t="s">
+      <c r="I224" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J224" s="117">
+      <c r="J224" s="49">
         <v>40548</v>
       </c>
-      <c r="K224" s="117"/>
-[...1 lines deleted...]
-      <c r="M224" s="119"/>
+      <c r="K224" s="49"/>
+      <c r="L224" s="49"/>
+      <c r="M224" s="51"/>
       <c r="N224" s="37"/>
     </row>
-    <row r="225" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A225" s="111" t="s">
+    <row r="225" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A225" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B225" s="111" t="s">
+      <c r="B225" s="46" t="s">
         <v>796</v>
       </c>
-      <c r="C225" s="112" t="s">
+      <c r="C225" s="32" t="s">
         <v>797</v>
       </c>
-      <c r="D225" s="113" t="s">
+      <c r="D225" s="50" t="s">
         <v>798</v>
       </c>
-      <c r="E225" s="111" t="s">
+      <c r="E225" s="46" t="s">
         <v>224</v>
       </c>
-      <c r="F225" s="114"/>
-      <c r="G225" s="114" t="s">
+      <c r="F225" s="47"/>
+      <c r="G225" s="47" t="s">
         <v>799</v>
       </c>
-      <c r="H225" s="123" t="s">
+      <c r="H225" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I225" s="191" t="s">
+      <c r="I225" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J225" s="117">
+      <c r="J225" s="49">
         <v>40548</v>
       </c>
-      <c r="K225" s="117"/>
-[...1 lines deleted...]
-      <c r="M225" s="119"/>
+      <c r="K225" s="49"/>
+      <c r="L225" s="49"/>
+      <c r="M225" s="51"/>
       <c r="N225" s="37"/>
     </row>
-    <row r="226" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A226" s="111" t="s">
+    <row r="226" spans="1:14" s="34" customFormat="1">
+      <c r="A226" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B226" s="111" t="s">
+      <c r="B226" s="46" t="s">
         <v>800</v>
       </c>
-      <c r="C226" s="112" t="s">
+      <c r="C226" s="32" t="s">
         <v>801</v>
       </c>
-      <c r="D226" s="113" t="s">
+      <c r="D226" s="50" t="s">
         <v>802</v>
       </c>
-      <c r="E226" s="111" t="s">
+      <c r="E226" s="46" t="s">
         <v>224</v>
       </c>
-      <c r="F226" s="114"/>
-      <c r="G226" s="114" t="s">
+      <c r="F226" s="47"/>
+      <c r="G226" s="47" t="s">
         <v>803</v>
       </c>
-      <c r="H226" s="123" t="s">
+      <c r="H226" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I226" s="191" t="s">
+      <c r="I226" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J226" s="117">
+      <c r="J226" s="49">
         <v>40548</v>
       </c>
-      <c r="K226" s="117"/>
-[...1 lines deleted...]
-      <c r="M226" s="119"/>
+      <c r="K226" s="49"/>
+      <c r="L226" s="49"/>
+      <c r="M226" s="51"/>
       <c r="N226" s="37"/>
     </row>
-    <row r="227" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A227" s="111" t="s">
+    <row r="227" spans="1:14" s="34" customFormat="1">
+      <c r="A227" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B227" s="111" t="s">
+      <c r="B227" s="46" t="s">
         <v>804</v>
       </c>
-      <c r="C227" s="112" t="s">
+      <c r="C227" s="32" t="s">
         <v>805</v>
       </c>
-      <c r="D227" s="113" t="s">
+      <c r="D227" s="50" t="s">
         <v>806</v>
       </c>
-      <c r="E227" s="111" t="s">
+      <c r="E227" s="46" t="s">
         <v>224</v>
       </c>
-      <c r="F227" s="114"/>
-      <c r="G227" s="114" t="s">
+      <c r="F227" s="47"/>
+      <c r="G227" s="47" t="s">
         <v>807</v>
       </c>
-      <c r="H227" s="123" t="s">
+      <c r="H227" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I227" s="191" t="s">
+      <c r="I227" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J227" s="117">
+      <c r="J227" s="49">
         <v>39770</v>
       </c>
-      <c r="K227" s="145"/>
-[...1 lines deleted...]
-      <c r="M227" s="146"/>
+      <c r="K227" s="126"/>
+      <c r="L227" s="126"/>
+      <c r="M227" s="127"/>
       <c r="N227" s="37"/>
     </row>
-    <row r="228" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A228" s="111" t="s">
+    <row r="228" spans="1:14" s="34" customFormat="1">
+      <c r="A228" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B228" s="111" t="s">
+      <c r="B228" s="46" t="s">
         <v>808</v>
       </c>
-      <c r="C228" s="112" t="s">
+      <c r="C228" s="32" t="s">
         <v>809</v>
       </c>
-      <c r="D228" s="113" t="s">
+      <c r="D228" s="50" t="s">
         <v>810</v>
       </c>
-      <c r="E228" s="111" t="s">
+      <c r="E228" s="46" t="s">
         <v>224</v>
       </c>
-      <c r="F228" s="114"/>
-      <c r="G228" s="114" t="s">
+      <c r="F228" s="47"/>
+      <c r="G228" s="47" t="s">
         <v>811</v>
       </c>
-      <c r="H228" s="123" t="s">
+      <c r="H228" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I228" s="191" t="s">
+      <c r="I228" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J228" s="117">
+      <c r="J228" s="49">
         <v>40548</v>
       </c>
-      <c r="K228" s="117"/>
-[...1 lines deleted...]
-      <c r="M228" s="119"/>
+      <c r="K228" s="49"/>
+      <c r="L228" s="49"/>
+      <c r="M228" s="51"/>
       <c r="N228" s="37"/>
     </row>
-    <row r="229" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A229" s="111" t="s">
+    <row r="229" spans="1:14" s="34" customFormat="1">
+      <c r="A229" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B229" s="111" t="s">
+      <c r="B229" s="46" t="s">
         <v>812</v>
       </c>
-      <c r="C229" s="112" t="s">
+      <c r="C229" s="32" t="s">
         <v>813</v>
       </c>
-      <c r="D229" s="113" t="s">
+      <c r="D229" s="50" t="s">
         <v>814</v>
       </c>
-      <c r="E229" s="111" t="s">
+      <c r="E229" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F229" s="114"/>
-[...1 lines deleted...]
-      <c r="H229" s="192" t="s">
+      <c r="F229" s="47"/>
+      <c r="G229" s="47"/>
+      <c r="H229" s="166" t="s">
         <v>455</v>
       </c>
-      <c r="I229" s="191" t="s">
+      <c r="I229" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J229" s="117">
+      <c r="J229" s="49">
         <v>40911</v>
       </c>
-      <c r="K229" s="117"/>
-      <c r="L229" s="117">
+      <c r="K229" s="49"/>
+      <c r="L229" s="49">
         <v>43922</v>
       </c>
-      <c r="M229" s="119"/>
+      <c r="M229" s="51"/>
       <c r="N229" s="37"/>
     </row>
-    <row r="230" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A230" s="111" t="s">
+    <row r="230" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A230" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B230" s="111" t="s">
+      <c r="B230" s="46" t="s">
         <v>815</v>
       </c>
-      <c r="C230" s="112" t="s">
+      <c r="C230" s="32" t="s">
         <v>816</v>
       </c>
-      <c r="D230" s="113" t="s">
+      <c r="D230" s="50" t="s">
         <v>817</v>
       </c>
-      <c r="E230" s="111" t="s">
+      <c r="E230" s="46" t="s">
         <v>818</v>
       </c>
-      <c r="F230" s="125"/>
-      <c r="G230" s="114" t="s">
+      <c r="F230" s="108"/>
+      <c r="G230" s="47" t="s">
         <v>1298</v>
       </c>
-      <c r="H230" s="194" t="s">
+      <c r="H230" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I230" s="191" t="s">
+      <c r="I230" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J230" s="117">
+      <c r="J230" s="49">
         <v>41445</v>
       </c>
-      <c r="K230" s="117"/>
-      <c r="L230" s="117">
+      <c r="K230" s="49"/>
+      <c r="L230" s="49">
         <v>43922</v>
       </c>
-      <c r="M230" s="119"/>
+      <c r="M230" s="51"/>
       <c r="N230" s="37"/>
     </row>
-    <row r="231" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A231" s="111" t="s">
+    <row r="231" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A231" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B231" s="111" t="s">
+      <c r="B231" s="46" t="s">
         <v>820</v>
       </c>
-      <c r="C231" s="142" t="s">
+      <c r="C231" s="125" t="s">
         <v>821</v>
       </c>
-      <c r="D231" s="113" t="s">
+      <c r="D231" s="50" t="s">
         <v>822</v>
       </c>
-      <c r="E231" s="111" t="s">
+      <c r="E231" s="46" t="s">
         <v>823</v>
       </c>
-      <c r="F231" s="114"/>
-      <c r="G231" s="114" t="s">
+      <c r="F231" s="47"/>
+      <c r="G231" s="47" t="s">
         <v>824</v>
       </c>
-      <c r="H231" s="194" t="s">
+      <c r="H231" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I231" s="191" t="s">
+      <c r="I231" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J231" s="117">
+      <c r="J231" s="49">
         <v>43115</v>
       </c>
-      <c r="K231" s="117"/>
-      <c r="L231" s="117">
+      <c r="K231" s="49"/>
+      <c r="L231" s="49">
         <v>43922</v>
       </c>
-      <c r="M231" s="119"/>
+      <c r="M231" s="51"/>
       <c r="N231" s="37"/>
     </row>
-    <row r="232" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A232" s="111" t="s">
+    <row r="232" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A232" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B232" s="111" t="s">
+      <c r="B232" s="46" t="s">
         <v>825</v>
       </c>
-      <c r="C232" s="142" t="s">
+      <c r="C232" s="125" t="s">
         <v>826</v>
       </c>
-      <c r="D232" s="113" t="s">
+      <c r="D232" s="50" t="s">
         <v>827</v>
       </c>
-      <c r="E232" s="111" t="s">
+      <c r="E232" s="46" t="s">
         <v>823</v>
       </c>
-      <c r="F232" s="114"/>
-      <c r="G232" s="114" t="s">
+      <c r="F232" s="47"/>
+      <c r="G232" s="47" t="s">
         <v>828</v>
       </c>
-      <c r="H232" s="194" t="s">
+      <c r="H232" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I232" s="191" t="s">
+      <c r="I232" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J232" s="117">
+      <c r="J232" s="49">
         <v>43115</v>
       </c>
-      <c r="K232" s="117"/>
-      <c r="L232" s="117">
+      <c r="K232" s="49"/>
+      <c r="L232" s="49">
         <v>43922</v>
       </c>
-      <c r="M232" s="119"/>
+      <c r="M232" s="51"/>
       <c r="N232" s="37"/>
     </row>
-    <row r="233" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A233" s="111" t="s">
+    <row r="233" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A233" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B233" s="111" t="s">
+      <c r="B233" s="46" t="s">
         <v>829</v>
       </c>
-      <c r="C233" s="112" t="s">
+      <c r="C233" s="32" t="s">
         <v>830</v>
       </c>
-      <c r="D233" s="113" t="s">
+      <c r="D233" s="50" t="s">
         <v>831</v>
       </c>
-      <c r="E233" s="111" t="s">
+      <c r="E233" s="46" t="s">
         <v>236</v>
       </c>
-      <c r="F233" s="125"/>
-      <c r="G233" s="114" t="s">
+      <c r="F233" s="108"/>
+      <c r="G233" s="47" t="s">
         <v>1299</v>
       </c>
-      <c r="H233" s="194" t="s">
+      <c r="H233" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I233" s="191" t="s">
+      <c r="I233" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J233" s="117">
+      <c r="J233" s="49">
         <v>41990</v>
       </c>
-      <c r="K233" s="117"/>
-      <c r="L233" s="117">
+      <c r="K233" s="49"/>
+      <c r="L233" s="49">
         <v>43922</v>
       </c>
-      <c r="M233" s="119"/>
+      <c r="M233" s="51"/>
       <c r="N233" s="37"/>
     </row>
-    <row r="234" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A234" s="111" t="s">
+    <row r="234" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A234" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B234" s="111" t="s">
+      <c r="B234" s="46" t="s">
         <v>832</v>
       </c>
-      <c r="C234" s="112" t="s">
+      <c r="C234" s="32" t="s">
         <v>833</v>
       </c>
-      <c r="D234" s="113" t="s">
+      <c r="D234" s="50" t="s">
         <v>834</v>
       </c>
-      <c r="E234" s="111" t="s">
+      <c r="E234" s="46" t="s">
         <v>236</v>
       </c>
-      <c r="F234" s="125"/>
-      <c r="G234" s="114" t="s">
+      <c r="F234" s="108"/>
+      <c r="G234" s="47" t="s">
         <v>1265</v>
       </c>
-      <c r="H234" s="194" t="s">
+      <c r="H234" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I234" s="191" t="s">
+      <c r="I234" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J234" s="117">
+      <c r="J234" s="49">
         <v>41806</v>
       </c>
-      <c r="K234" s="117"/>
-      <c r="L234" s="117">
+      <c r="K234" s="49"/>
+      <c r="L234" s="49">
         <v>43922</v>
       </c>
-      <c r="M234" s="119"/>
+      <c r="M234" s="51"/>
       <c r="N234" s="37"/>
     </row>
-    <row r="235" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A235" s="111" t="s">
+    <row r="235" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A235" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B235" s="111" t="s">
+      <c r="B235" s="46" t="s">
         <v>835</v>
       </c>
-      <c r="C235" s="142" t="s">
+      <c r="C235" s="125" t="s">
         <v>836</v>
       </c>
-      <c r="D235" s="113" t="s">
+      <c r="D235" s="50" t="s">
         <v>837</v>
       </c>
-      <c r="E235" s="111" t="s">
+      <c r="E235" s="46" t="s">
         <v>823</v>
       </c>
-      <c r="F235" s="114"/>
-      <c r="G235" s="114" t="s">
+      <c r="F235" s="47"/>
+      <c r="G235" s="47" t="s">
         <v>838</v>
       </c>
-      <c r="H235" s="194" t="s">
+      <c r="H235" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I235" s="191" t="s">
+      <c r="I235" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J235" s="117">
+      <c r="J235" s="49">
         <v>43115</v>
       </c>
-      <c r="K235" s="117"/>
-      <c r="L235" s="117">
+      <c r="K235" s="49"/>
+      <c r="L235" s="49">
         <v>43922</v>
       </c>
-      <c r="M235" s="119"/>
+      <c r="M235" s="51"/>
       <c r="N235" s="37"/>
     </row>
-    <row r="236" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A236" s="111" t="s">
+    <row r="236" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A236" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B236" s="111" t="s">
+      <c r="B236" s="46" t="s">
         <v>839</v>
       </c>
-      <c r="C236" s="112" t="s">
+      <c r="C236" s="32" t="s">
         <v>840</v>
       </c>
-      <c r="D236" s="113" t="s">
+      <c r="D236" s="50" t="s">
         <v>841</v>
       </c>
-      <c r="E236" s="111" t="s">
+      <c r="E236" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F236" s="125"/>
-      <c r="G236" s="114" t="s">
+      <c r="F236" s="108"/>
+      <c r="G236" s="47" t="s">
         <v>842</v>
       </c>
-      <c r="H236" s="194" t="s">
+      <c r="H236" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I236" s="191" t="s">
+      <c r="I236" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J236" s="117">
+      <c r="J236" s="49">
         <v>41445</v>
       </c>
-      <c r="K236" s="117"/>
-      <c r="L236" s="117">
+      <c r="K236" s="49"/>
+      <c r="L236" s="49">
         <v>43922</v>
       </c>
-      <c r="M236" s="119"/>
+      <c r="M236" s="51"/>
       <c r="N236" s="37"/>
     </row>
-    <row r="237" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A237" s="111" t="s">
+    <row r="237" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A237" s="46" t="s">
         <v>190</v>
       </c>
-      <c r="B237" s="111" t="s">
+      <c r="B237" s="46" t="s">
         <v>843</v>
       </c>
-      <c r="C237" s="112" t="s">
+      <c r="C237" s="32" t="s">
         <v>844</v>
       </c>
-      <c r="D237" s="113" t="s">
+      <c r="D237" s="50" t="s">
         <v>845</v>
       </c>
-      <c r="E237" s="111" t="s">
+      <c r="E237" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F237" s="114"/>
-      <c r="G237" s="114" t="s">
+      <c r="F237" s="47"/>
+      <c r="G237" s="47" t="s">
         <v>846</v>
       </c>
-      <c r="H237" s="123" t="s">
+      <c r="H237" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I237" s="191" t="s">
+      <c r="I237" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J237" s="117">
+      <c r="J237" s="49">
         <v>41262</v>
       </c>
-      <c r="K237" s="117"/>
-[...1 lines deleted...]
-      <c r="M237" s="119"/>
+      <c r="K237" s="49"/>
+      <c r="L237" s="49"/>
+      <c r="M237" s="51"/>
       <c r="N237" s="37"/>
     </row>
-    <row r="238" spans="1:14" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A238" s="111" t="s">
+    <row r="238" spans="1:14" s="34" customFormat="1" ht="63.75">
+      <c r="A238" s="46" t="s">
         <v>847</v>
       </c>
-      <c r="B238" s="111" t="s">
+      <c r="B238" s="46" t="s">
         <v>848</v>
       </c>
-      <c r="C238" s="111" t="s">
+      <c r="C238" s="46" t="s">
         <v>849</v>
       </c>
-      <c r="D238" s="111" t="s">
+      <c r="D238" s="46" t="s">
         <v>850</v>
       </c>
-      <c r="E238" s="141" t="s">
+      <c r="E238" s="124" t="s">
         <v>150</v>
       </c>
-      <c r="F238" s="125"/>
-      <c r="G238" s="114" t="s">
+      <c r="F238" s="108"/>
+      <c r="G238" s="47" t="s">
         <v>1300</v>
       </c>
-      <c r="H238" s="193" t="s">
+      <c r="H238" s="167" t="s">
         <v>455</v>
       </c>
-      <c r="I238" s="191" t="s">
+      <c r="I238" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J238" s="133">
+      <c r="J238" s="116">
         <v>44007</v>
       </c>
-      <c r="K238" s="133"/>
-[...1 lines deleted...]
-      <c r="M238" s="134"/>
+      <c r="K238" s="116"/>
+      <c r="L238" s="116"/>
+      <c r="M238" s="117"/>
       <c r="N238" s="37"/>
     </row>
-    <row r="239" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A239" s="111" t="s">
+    <row r="239" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A239" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B239" s="111" t="s">
+      <c r="B239" s="46" t="s">
         <v>858</v>
       </c>
-      <c r="C239" s="112" t="s">
+      <c r="C239" s="32" t="s">
         <v>859</v>
       </c>
-      <c r="D239" s="111" t="s">
+      <c r="D239" s="46" t="s">
         <v>860</v>
       </c>
-      <c r="E239" s="111" t="s">
+      <c r="E239" s="46" t="s">
         <v>282</v>
       </c>
-      <c r="F239" s="114"/>
-      <c r="G239" s="114" t="s">
+      <c r="F239" s="47"/>
+      <c r="G239" s="47" t="s">
         <v>861</v>
       </c>
-      <c r="H239" s="123" t="s">
+      <c r="H239" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I239" s="191" t="s">
+      <c r="I239" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J239" s="117">
+      <c r="J239" s="49">
         <v>42170</v>
       </c>
-      <c r="K239" s="117">
+      <c r="K239" s="49">
         <v>45165</v>
       </c>
-      <c r="L239" s="197">
+      <c r="L239" s="171">
         <v>45629</v>
       </c>
-      <c r="M239" s="119"/>
+      <c r="M239" s="51"/>
       <c r="N239" s="37"/>
     </row>
-    <row r="240" spans="1:14" s="34" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A240" s="111" t="s">
+    <row r="240" spans="1:14" s="34" customFormat="1" ht="24.95" customHeight="1">
+      <c r="A240" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B240" s="111" t="s">
+      <c r="B240" s="46" t="s">
         <v>862</v>
       </c>
-      <c r="C240" s="142" t="s">
+      <c r="C240" s="125" t="s">
         <v>863</v>
       </c>
-      <c r="D240" s="113" t="s">
+      <c r="D240" s="50" t="s">
         <v>864</v>
       </c>
-      <c r="E240" s="111" t="s">
+      <c r="E240" s="46" t="s">
         <v>186</v>
       </c>
-      <c r="F240" s="125"/>
-      <c r="G240" s="114" t="s">
+      <c r="F240" s="108"/>
+      <c r="G240" s="47" t="s">
         <v>865</v>
       </c>
-      <c r="H240" s="115" t="s">
+      <c r="H240" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I240" s="191" t="s">
+      <c r="I240" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J240" s="117">
+      <c r="J240" s="49">
         <v>41990</v>
       </c>
-      <c r="K240" s="117">
+      <c r="K240" s="49">
         <v>45257</v>
       </c>
-      <c r="L240" s="197">
+      <c r="L240" s="171">
         <v>45629</v>
       </c>
-      <c r="M240" s="119"/>
+      <c r="M240" s="51"/>
       <c r="N240" s="37"/>
     </row>
-    <row r="241" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A241" s="111" t="s">
+    <row r="241" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A241" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B241" s="111" t="s">
+      <c r="B241" s="46" t="s">
         <v>866</v>
       </c>
-      <c r="C241" s="112" t="s">
+      <c r="C241" s="32" t="s">
         <v>867</v>
       </c>
-      <c r="D241" s="111" t="s">
+      <c r="D241" s="46" t="s">
         <v>868</v>
       </c>
-      <c r="E241" s="111" t="s">
+      <c r="E241" s="46" t="s">
         <v>282</v>
       </c>
-      <c r="F241" s="114"/>
-      <c r="G241" s="114" t="s">
+      <c r="F241" s="47"/>
+      <c r="G241" s="47" t="s">
         <v>869</v>
       </c>
-      <c r="H241" s="115" t="s">
+      <c r="H241" s="53" t="s">
         <v>54</v>
       </c>
-      <c r="I241" s="191" t="s">
+      <c r="I241" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J241" s="117">
+      <c r="J241" s="49">
         <v>42355</v>
       </c>
-      <c r="K241" s="117">
+      <c r="K241" s="49">
         <v>45257</v>
       </c>
-      <c r="L241" s="197">
+      <c r="L241" s="171">
         <v>45629</v>
       </c>
-      <c r="M241" s="119"/>
+      <c r="M241" s="51"/>
       <c r="N241" s="37"/>
     </row>
-    <row r="242" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A242" s="111" t="s">
+    <row r="242" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A242" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B242" s="111" t="s">
+      <c r="B242" s="46" t="s">
         <v>870</v>
       </c>
-      <c r="C242" s="112" t="s">
+      <c r="C242" s="32" t="s">
         <v>871</v>
       </c>
-      <c r="D242" s="113" t="s">
+      <c r="D242" s="50" t="s">
         <v>872</v>
       </c>
-      <c r="E242" s="111" t="s">
+      <c r="E242" s="46" t="s">
         <v>186</v>
       </c>
-      <c r="F242" s="125"/>
-      <c r="G242" s="114" t="s">
+      <c r="F242" s="108"/>
+      <c r="G242" s="47" t="s">
         <v>873</v>
       </c>
-      <c r="H242" s="123" t="s">
+      <c r="H242" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I242" s="191" t="s">
+      <c r="I242" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J242" s="117">
+      <c r="J242" s="49">
         <v>41990</v>
       </c>
-      <c r="K242" s="117">
+      <c r="K242" s="49">
         <v>45257</v>
       </c>
-      <c r="L242" s="197">
+      <c r="L242" s="171">
         <v>45629</v>
       </c>
-      <c r="M242" s="119"/>
+      <c r="M242" s="51"/>
       <c r="N242" s="37"/>
     </row>
-    <row r="243" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A243" s="111" t="s">
+    <row r="243" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A243" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B243" s="111" t="s">
+      <c r="B243" s="46" t="s">
         <v>874</v>
       </c>
-      <c r="C243" s="112" t="s">
+      <c r="C243" s="32" t="s">
         <v>875</v>
       </c>
-      <c r="D243" s="111" t="s">
+      <c r="D243" s="46" t="s">
         <v>876</v>
       </c>
-      <c r="E243" s="111" t="s">
+      <c r="E243" s="46" t="s">
         <v>282</v>
       </c>
-      <c r="F243" s="114"/>
-      <c r="G243" s="114" t="s">
+      <c r="F243" s="47"/>
+      <c r="G243" s="47" t="s">
         <v>869</v>
       </c>
-      <c r="H243" s="123" t="s">
+      <c r="H243" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I243" s="191" t="s">
+      <c r="I243" s="165" t="s">
         <v>55</v>
       </c>
-      <c r="J243" s="117">
+      <c r="J243" s="49">
         <v>42355</v>
       </c>
-      <c r="K243" s="117">
+      <c r="K243" s="49">
         <v>45257</v>
       </c>
-      <c r="L243" s="197">
+      <c r="L243" s="171">
         <v>45629</v>
       </c>
-      <c r="M243" s="119"/>
+      <c r="M243" s="51"/>
       <c r="N243" s="37"/>
     </row>
-    <row r="244" spans="1:14" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A244" s="121" t="s">
+    <row r="244" spans="1:14" s="34" customFormat="1" ht="63.75">
+      <c r="A244" s="104" t="s">
         <v>267</v>
       </c>
-      <c r="B244" s="121" t="s">
+      <c r="B244" s="104" t="s">
         <v>877</v>
       </c>
-      <c r="C244" s="120" t="s">
+      <c r="C244" s="103" t="s">
         <v>878</v>
       </c>
-      <c r="D244" s="121" t="s">
+      <c r="D244" s="104" t="s">
         <v>879</v>
       </c>
-      <c r="E244" s="121" t="s">
+      <c r="E244" s="104" t="s">
         <v>150</v>
       </c>
-      <c r="F244" s="121"/>
-      <c r="G244" s="121" t="s">
+      <c r="F244" s="104"/>
+      <c r="G244" s="104" t="s">
         <v>880</v>
       </c>
-      <c r="H244" s="120" t="s">
+      <c r="H244" s="103" t="s">
         <v>392</v>
       </c>
-      <c r="I244" s="191" t="s">
+      <c r="I244" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J244" s="133">
+      <c r="J244" s="116">
         <v>44215</v>
       </c>
-      <c r="K244" s="118"/>
-[...1 lines deleted...]
-      <c r="M244" s="134"/>
+      <c r="K244" s="48"/>
+      <c r="L244" s="116"/>
+      <c r="M244" s="117"/>
       <c r="N244" s="37"/>
     </row>
-    <row r="245" spans="1:14" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A245" s="111" t="s">
+    <row r="245" spans="1:14" s="34" customFormat="1" ht="63.75">
+      <c r="A245" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B245" s="111" t="s">
+      <c r="B245" s="46" t="s">
         <v>881</v>
       </c>
-      <c r="C245" s="111" t="s">
+      <c r="C245" s="46" t="s">
         <v>882</v>
       </c>
-      <c r="D245" s="111" t="s">
+      <c r="D245" s="46" t="s">
         <v>883</v>
       </c>
-      <c r="E245" s="121" t="s">
+      <c r="E245" s="104" t="s">
         <v>1346</v>
       </c>
-      <c r="F245" s="125"/>
-      <c r="G245" s="114" t="s">
+      <c r="F245" s="108"/>
+      <c r="G245" s="47" t="s">
         <v>1378</v>
       </c>
-      <c r="H245" s="193" t="s">
+      <c r="H245" s="167" t="s">
         <v>392</v>
       </c>
-      <c r="I245" s="191" t="s">
+      <c r="I245" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J245" s="133">
+      <c r="J245" s="116">
         <v>43662</v>
       </c>
-      <c r="K245" s="133"/>
-      <c r="L245" s="117">
+      <c r="K245" s="116"/>
+      <c r="L245" s="49">
         <v>45705</v>
       </c>
-      <c r="M245" s="119"/>
+      <c r="M245" s="51"/>
       <c r="N245" s="37"/>
     </row>
-    <row r="246" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A246" s="111" t="s">
+    <row r="246" spans="1:14" s="34" customFormat="1">
+      <c r="A246" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B246" s="111" t="s">
+      <c r="B246" s="46" t="s">
         <v>884</v>
       </c>
-      <c r="C246" s="112" t="s">
+      <c r="C246" s="32" t="s">
         <v>885</v>
       </c>
-      <c r="D246" s="111" t="s">
+      <c r="D246" s="46" t="s">
         <v>886</v>
       </c>
-      <c r="E246" s="111" t="s">
+      <c r="E246" s="46" t="s">
         <v>282</v>
       </c>
-      <c r="F246" s="114"/>
-[...1 lines deleted...]
-      <c r="H246" s="123" t="s">
+      <c r="F246" s="47"/>
+      <c r="G246" s="47"/>
+      <c r="H246" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I246" s="191" t="s">
+      <c r="I246" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J246" s="117">
+      <c r="J246" s="49">
         <v>41262</v>
       </c>
-      <c r="K246" s="117"/>
-[...1 lines deleted...]
-      <c r="M246" s="119"/>
+      <c r="K246" s="49"/>
+      <c r="L246" s="49"/>
+      <c r="M246" s="51"/>
       <c r="N246" s="37"/>
     </row>
-    <row r="247" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A247" s="111" t="s">
+    <row r="247" spans="1:14" s="34" customFormat="1">
+      <c r="A247" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B247" s="111" t="s">
+      <c r="B247" s="46" t="s">
         <v>887</v>
       </c>
-      <c r="C247" s="112" t="s">
+      <c r="C247" s="32" t="s">
         <v>888</v>
       </c>
-      <c r="D247" s="113" t="s">
+      <c r="D247" s="50" t="s">
         <v>889</v>
       </c>
-      <c r="E247" s="111" t="s">
+      <c r="E247" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F247" s="114"/>
-      <c r="G247" s="114" t="s">
+      <c r="F247" s="47"/>
+      <c r="G247" s="47" t="s">
         <v>890</v>
       </c>
-      <c r="H247" s="123" t="s">
+      <c r="H247" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I247" s="191" t="s">
+      <c r="I247" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J247" s="117">
+      <c r="J247" s="49">
         <v>40471</v>
       </c>
-      <c r="K247" s="117"/>
-[...1 lines deleted...]
-      <c r="M247" s="119"/>
+      <c r="K247" s="49"/>
+      <c r="L247" s="49"/>
+      <c r="M247" s="51"/>
       <c r="N247" s="37"/>
     </row>
-    <row r="248" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A248" s="111" t="s">
+    <row r="248" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A248" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B248" s="111" t="s">
+      <c r="B248" s="46" t="s">
         <v>891</v>
       </c>
-      <c r="C248" s="142" t="s">
+      <c r="C248" s="125" t="s">
         <v>892</v>
       </c>
-      <c r="D248" s="113" t="s">
+      <c r="D248" s="50" t="s">
         <v>893</v>
       </c>
-      <c r="E248" s="111" t="s">
+      <c r="E248" s="46" t="s">
         <v>282</v>
       </c>
-      <c r="F248" s="114"/>
-      <c r="G248" s="114" t="s">
+      <c r="F248" s="47"/>
+      <c r="G248" s="47" t="s">
         <v>894</v>
       </c>
-      <c r="H248" s="123">
+      <c r="H248" s="106">
         <v>3</v>
       </c>
-      <c r="I248" s="191" t="s">
+      <c r="I248" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J248" s="117">
+      <c r="J248" s="49">
         <v>43278</v>
       </c>
-      <c r="K248" s="117"/>
-[...1 lines deleted...]
-      <c r="M248" s="119"/>
+      <c r="K248" s="49"/>
+      <c r="L248" s="49"/>
+      <c r="M248" s="51"/>
       <c r="N248" s="37"/>
     </row>
-    <row r="249" spans="1:14" s="34" customFormat="1" ht="89.25" x14ac:dyDescent="0.2">
-      <c r="A249" s="111" t="s">
+    <row r="249" spans="1:14" s="34" customFormat="1" ht="89.25">
+      <c r="A249" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B249" s="111" t="s">
+      <c r="B249" s="46" t="s">
         <v>895</v>
       </c>
-      <c r="C249" s="142" t="s">
+      <c r="C249" s="125" t="s">
         <v>469</v>
       </c>
-      <c r="D249" s="113" t="s">
+      <c r="D249" s="50" t="s">
         <v>469</v>
       </c>
-      <c r="E249" s="111" t="s">
+      <c r="E249" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F249" s="125"/>
-      <c r="G249" s="114" t="s">
+      <c r="F249" s="108"/>
+      <c r="G249" s="47" t="s">
         <v>896</v>
       </c>
-      <c r="H249" s="123" t="s">
+      <c r="H249" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I249" s="191" t="s">
+      <c r="I249" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J249" s="117">
+      <c r="J249" s="49">
         <v>41990</v>
       </c>
-      <c r="K249" s="117">
+      <c r="K249" s="49">
         <v>45778</v>
       </c>
-      <c r="L249" s="117">
+      <c r="L249" s="49">
         <v>44743</v>
       </c>
-      <c r="M249" s="119"/>
+      <c r="M249" s="51"/>
       <c r="N249" s="37"/>
     </row>
-    <row r="250" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A250" s="111" t="s">
+    <row r="250" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A250" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B250" s="111" t="s">
+      <c r="B250" s="46" t="s">
         <v>897</v>
       </c>
-      <c r="C250" s="120" t="s">
+      <c r="C250" s="103" t="s">
         <v>898</v>
       </c>
-      <c r="D250" s="121" t="s">
+      <c r="D250" s="104" t="s">
         <v>899</v>
       </c>
-      <c r="E250" s="121" t="s">
+      <c r="E250" s="104" t="s">
         <v>186</v>
       </c>
-      <c r="F250" s="125"/>
-      <c r="G250" s="114" t="s">
+      <c r="F250" s="108"/>
+      <c r="G250" s="47" t="s">
         <v>1301</v>
       </c>
-      <c r="H250" s="193">
+      <c r="H250" s="167">
         <v>3</v>
       </c>
-      <c r="I250" s="191" t="s">
+      <c r="I250" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J250" s="133" t="s">
+      <c r="J250" s="116" t="s">
         <v>900</v>
       </c>
-      <c r="K250" s="133"/>
-[...1 lines deleted...]
-      <c r="M250" s="134"/>
+      <c r="K250" s="116"/>
+      <c r="L250" s="116"/>
+      <c r="M250" s="117"/>
       <c r="N250" s="37"/>
     </row>
-    <row r="251" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A251" s="111" t="s">
+    <row r="251" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A251" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B251" s="111" t="s">
+      <c r="B251" s="46" t="s">
         <v>901</v>
       </c>
-      <c r="C251" s="120" t="s">
+      <c r="C251" s="103" t="s">
         <v>902</v>
       </c>
-      <c r="D251" s="121" t="s">
+      <c r="D251" s="104" t="s">
         <v>903</v>
       </c>
-      <c r="E251" s="121" t="s">
+      <c r="E251" s="104" t="s">
         <v>282</v>
       </c>
-      <c r="F251" s="125"/>
-      <c r="G251" s="114" t="s">
+      <c r="F251" s="108"/>
+      <c r="G251" s="47" t="s">
         <v>1301</v>
       </c>
-      <c r="H251" s="193" t="s">
+      <c r="H251" s="167" t="s">
         <v>392</v>
       </c>
-      <c r="I251" s="191" t="s">
+      <c r="I251" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J251" s="133">
+      <c r="J251" s="116">
         <v>43480</v>
       </c>
-      <c r="K251" s="133"/>
-[...1 lines deleted...]
-      <c r="M251" s="134"/>
+      <c r="K251" s="116"/>
+      <c r="L251" s="116"/>
+      <c r="M251" s="117"/>
       <c r="N251" s="37"/>
     </row>
-    <row r="252" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A252" s="111" t="s">
+    <row r="252" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A252" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B252" s="111" t="s">
+      <c r="B252" s="46" t="s">
         <v>904</v>
       </c>
-      <c r="C252" s="112" t="s">
+      <c r="C252" s="32" t="s">
         <v>905</v>
       </c>
-      <c r="D252" s="111" t="s">
+      <c r="D252" s="46" t="s">
         <v>906</v>
       </c>
-      <c r="E252" s="111" t="s">
+      <c r="E252" s="46" t="s">
         <v>435</v>
       </c>
-      <c r="F252" s="114"/>
-      <c r="G252" s="114" t="s">
+      <c r="F252" s="47"/>
+      <c r="G252" s="47" t="s">
         <v>907</v>
       </c>
-      <c r="H252" s="123" t="s">
+      <c r="H252" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I252" s="191" t="s">
+      <c r="I252" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J252" s="117">
+      <c r="J252" s="49">
         <v>42355</v>
       </c>
-      <c r="K252" s="117"/>
-[...1 lines deleted...]
-      <c r="M252" s="119"/>
+      <c r="K252" s="49"/>
+      <c r="L252" s="49"/>
+      <c r="M252" s="51"/>
       <c r="N252" s="37"/>
     </row>
-    <row r="253" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A253" s="111" t="s">
+    <row r="253" spans="1:14" s="34" customFormat="1">
+      <c r="A253" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B253" s="111" t="s">
+      <c r="B253" s="46" t="s">
         <v>908</v>
       </c>
-      <c r="C253" s="112" t="s">
+      <c r="C253" s="32" t="s">
         <v>909</v>
       </c>
-      <c r="D253" s="111" t="s">
+      <c r="D253" s="46" t="s">
         <v>910</v>
       </c>
-      <c r="E253" s="111" t="s">
+      <c r="E253" s="46" t="s">
         <v>282</v>
       </c>
-      <c r="F253" s="114"/>
-[...1 lines deleted...]
-      <c r="H253" s="123" t="s">
+      <c r="F253" s="47"/>
+      <c r="G253" s="47"/>
+      <c r="H253" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I253" s="191" t="s">
+      <c r="I253" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J253" s="117">
+      <c r="J253" s="49">
         <v>41262</v>
       </c>
-      <c r="K253" s="117"/>
-[...1 lines deleted...]
-      <c r="M253" s="119"/>
+      <c r="K253" s="49"/>
+      <c r="L253" s="49"/>
+      <c r="M253" s="51"/>
       <c r="N253" s="37"/>
     </row>
-    <row r="254" spans="1:14" s="34" customFormat="1" ht="51" x14ac:dyDescent="0.2">
-      <c r="A254" s="111" t="s">
+    <row r="254" spans="1:14" s="34" customFormat="1" ht="51">
+      <c r="A254" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B254" s="111" t="s">
+      <c r="B254" s="46" t="s">
         <v>911</v>
       </c>
-      <c r="C254" s="142" t="s">
+      <c r="C254" s="125" t="s">
         <v>912</v>
       </c>
-      <c r="D254" s="113" t="s">
+      <c r="D254" s="50" t="s">
         <v>913</v>
       </c>
-      <c r="E254" s="111" t="s">
+      <c r="E254" s="46" t="s">
         <v>186</v>
       </c>
-      <c r="F254" s="114" t="s">
+      <c r="F254" s="47" t="s">
         <v>1164</v>
       </c>
-      <c r="G254" s="114" t="s">
+      <c r="G254" s="47" t="s">
         <v>914</v>
       </c>
-      <c r="H254" s="192" t="s">
+      <c r="H254" s="166" t="s">
         <v>455</v>
       </c>
-      <c r="I254" s="191" t="s">
+      <c r="I254" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J254" s="117">
+      <c r="J254" s="49">
         <v>43278</v>
       </c>
-      <c r="K254" s="117"/>
-      <c r="L254" s="117">
+      <c r="K254" s="49"/>
+      <c r="L254" s="49">
         <v>44585</v>
       </c>
-      <c r="M254" s="119"/>
+      <c r="M254" s="51"/>
       <c r="N254" s="37"/>
     </row>
-    <row r="255" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A255" s="111" t="s">
+    <row r="255" spans="1:14" s="34" customFormat="1">
+      <c r="A255" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B255" s="111" t="s">
+      <c r="B255" s="46" t="s">
         <v>915</v>
       </c>
-      <c r="C255" s="112" t="s">
+      <c r="C255" s="32" t="s">
         <v>916</v>
       </c>
-      <c r="D255" s="111" t="s">
+      <c r="D255" s="46" t="s">
         <v>917</v>
       </c>
-      <c r="E255" s="111" t="s">
+      <c r="E255" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F255" s="125"/>
-      <c r="G255" s="114" t="s">
+      <c r="F255" s="108"/>
+      <c r="G255" s="47" t="s">
         <v>819</v>
       </c>
-      <c r="H255" s="123" t="s">
+      <c r="H255" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I255" s="191" t="s">
+      <c r="I255" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J255" s="117">
+      <c r="J255" s="49">
         <v>41262</v>
       </c>
-      <c r="K255" s="117"/>
-[...1 lines deleted...]
-      <c r="M255" s="119"/>
+      <c r="K255" s="49"/>
+      <c r="L255" s="49"/>
+      <c r="M255" s="51"/>
       <c r="N255" s="37"/>
     </row>
-    <row r="256" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A256" s="111" t="s">
+    <row r="256" spans="1:14" s="34" customFormat="1">
+      <c r="A256" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B256" s="111" t="s">
+      <c r="B256" s="46" t="s">
         <v>918</v>
       </c>
-      <c r="C256" s="112" t="s">
+      <c r="C256" s="32" t="s">
         <v>919</v>
       </c>
-      <c r="D256" s="111" t="s">
+      <c r="D256" s="46" t="s">
         <v>920</v>
       </c>
-      <c r="E256" s="111" t="s">
+      <c r="E256" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F256" s="125"/>
-      <c r="G256" s="114" t="s">
+      <c r="F256" s="108"/>
+      <c r="G256" s="47" t="s">
         <v>921</v>
       </c>
-      <c r="H256" s="123" t="s">
+      <c r="H256" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I256" s="191" t="s">
+      <c r="I256" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J256" s="117">
+      <c r="J256" s="49">
         <v>41624</v>
       </c>
-      <c r="K256" s="117"/>
-[...1 lines deleted...]
-      <c r="M256" s="119"/>
+      <c r="K256" s="49"/>
+      <c r="L256" s="49"/>
+      <c r="M256" s="51"/>
       <c r="N256" s="37"/>
     </row>
-    <row r="257" spans="1:14" s="34" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A257" s="111" t="s">
+    <row r="257" spans="1:14" s="34" customFormat="1" ht="54" customHeight="1">
+      <c r="A257" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B257" s="111" t="s">
+      <c r="B257" s="46" t="s">
         <v>922</v>
       </c>
-      <c r="C257" s="112" t="s">
+      <c r="C257" s="32" t="s">
         <v>923</v>
       </c>
-      <c r="D257" s="113" t="s">
+      <c r="D257" s="50" t="s">
         <v>924</v>
       </c>
-      <c r="E257" s="111" t="s">
+      <c r="E257" s="46" t="s">
         <v>925</v>
       </c>
-      <c r="F257" s="114"/>
-      <c r="G257" s="114" t="s">
+      <c r="F257" s="47"/>
+      <c r="G257" s="47" t="s">
         <v>424</v>
       </c>
-      <c r="H257" s="123" t="s">
+      <c r="H257" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I257" s="191" t="s">
+      <c r="I257" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J257" s="117">
+      <c r="J257" s="49">
         <v>40729</v>
       </c>
-      <c r="K257" s="117"/>
-[...1 lines deleted...]
-      <c r="M257" s="119"/>
+      <c r="K257" s="49"/>
+      <c r="L257" s="49"/>
+      <c r="M257" s="51"/>
       <c r="N257" s="37"/>
     </row>
-    <row r="258" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A258" s="111" t="s">
+    <row r="258" spans="1:14" s="34" customFormat="1">
+      <c r="A258" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B258" s="111" t="s">
+      <c r="B258" s="46" t="s">
         <v>926</v>
       </c>
-      <c r="C258" s="112" t="s">
+      <c r="C258" s="32" t="s">
         <v>927</v>
       </c>
-      <c r="D258" s="111" t="s">
+      <c r="D258" s="46" t="s">
         <v>928</v>
       </c>
-      <c r="E258" s="111" t="s">
+      <c r="E258" s="46" t="s">
         <v>282</v>
       </c>
-      <c r="F258" s="114"/>
-[...1 lines deleted...]
-      <c r="H258" s="123" t="s">
+      <c r="F258" s="47"/>
+      <c r="G258" s="47"/>
+      <c r="H258" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I258" s="191" t="s">
+      <c r="I258" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J258" s="117">
+      <c r="J258" s="49">
         <v>41262</v>
       </c>
-      <c r="K258" s="117"/>
-[...1 lines deleted...]
-      <c r="M258" s="119"/>
+      <c r="K258" s="49"/>
+      <c r="L258" s="49"/>
+      <c r="M258" s="51"/>
       <c r="N258" s="37"/>
     </row>
-    <row r="259" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A259" s="111" t="s">
+    <row r="259" spans="1:14" s="34" customFormat="1">
+      <c r="A259" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B259" s="111" t="s">
+      <c r="B259" s="46" t="s">
         <v>929</v>
       </c>
-      <c r="C259" s="112" t="s">
+      <c r="C259" s="32" t="s">
         <v>930</v>
       </c>
-      <c r="D259" s="111" t="s">
+      <c r="D259" s="46" t="s">
         <v>931</v>
       </c>
-      <c r="E259" s="111" t="s">
+      <c r="E259" s="46" t="s">
         <v>282</v>
       </c>
-      <c r="F259" s="114"/>
-[...1 lines deleted...]
-      <c r="H259" s="123" t="s">
+      <c r="F259" s="47"/>
+      <c r="G259" s="47"/>
+      <c r="H259" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I259" s="191" t="s">
+      <c r="I259" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J259" s="117">
+      <c r="J259" s="49">
         <v>41262</v>
       </c>
-      <c r="K259" s="117"/>
-[...1 lines deleted...]
-      <c r="M259" s="119"/>
+      <c r="K259" s="49"/>
+      <c r="L259" s="49"/>
+      <c r="M259" s="51"/>
       <c r="N259" s="37"/>
     </row>
-    <row r="260" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A260" s="111" t="s">
+    <row r="260" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A260" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B260" s="111" t="s">
+      <c r="B260" s="46" t="s">
         <v>932</v>
       </c>
-      <c r="C260" s="120" t="s">
+      <c r="C260" s="103" t="s">
         <v>933</v>
       </c>
-      <c r="D260" s="121" t="s">
+      <c r="D260" s="104" t="s">
         <v>934</v>
       </c>
-      <c r="E260" s="121" t="s">
+      <c r="E260" s="104" t="s">
         <v>186</v>
       </c>
-      <c r="F260" s="125"/>
-      <c r="G260" s="114" t="s">
+      <c r="F260" s="108"/>
+      <c r="G260" s="47" t="s">
         <v>1301</v>
       </c>
-      <c r="H260" s="193" t="s">
+      <c r="H260" s="167" t="s">
         <v>392</v>
       </c>
-      <c r="I260" s="191" t="s">
+      <c r="I260" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J260" s="133">
+      <c r="J260" s="116">
         <v>43480</v>
       </c>
-      <c r="K260" s="133"/>
-[...1 lines deleted...]
-      <c r="M260" s="134"/>
+      <c r="K260" s="116"/>
+      <c r="L260" s="116"/>
+      <c r="M260" s="117"/>
       <c r="N260" s="37"/>
     </row>
-    <row r="261" spans="1:14" s="34" customFormat="1" ht="51" x14ac:dyDescent="0.2">
-      <c r="A261" s="111" t="s">
+    <row r="261" spans="1:14" s="34" customFormat="1" ht="51">
+      <c r="A261" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B261" s="111" t="s">
+      <c r="B261" s="46" t="s">
         <v>935</v>
       </c>
-      <c r="C261" s="142" t="s">
+      <c r="C261" s="125" t="s">
         <v>936</v>
       </c>
-      <c r="D261" s="113" t="s">
+      <c r="D261" s="50" t="s">
         <v>937</v>
       </c>
-      <c r="E261" s="111" t="s">
+      <c r="E261" s="46" t="s">
         <v>186</v>
       </c>
-      <c r="F261" s="114" t="s">
+      <c r="F261" s="47" t="s">
         <v>1164</v>
       </c>
-      <c r="G261" s="114" t="s">
+      <c r="G261" s="47" t="s">
         <v>938</v>
       </c>
-      <c r="H261" s="123">
+      <c r="H261" s="106">
         <v>3</v>
       </c>
-      <c r="I261" s="191" t="s">
+      <c r="I261" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J261" s="117">
+      <c r="J261" s="49">
         <v>43278</v>
       </c>
-      <c r="K261" s="117"/>
-      <c r="L261" s="117">
+      <c r="K261" s="49"/>
+      <c r="L261" s="49">
         <v>44585</v>
       </c>
-      <c r="M261" s="119"/>
+      <c r="M261" s="51"/>
       <c r="N261" s="37"/>
     </row>
-    <row r="262" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A262" s="111" t="s">
+    <row r="262" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A262" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B262" s="111" t="s">
+      <c r="B262" s="46" t="s">
         <v>939</v>
       </c>
-      <c r="C262" s="112" t="s">
+      <c r="C262" s="32" t="s">
         <v>940</v>
       </c>
-      <c r="D262" s="111" t="s">
+      <c r="D262" s="46" t="s">
         <v>941</v>
       </c>
-      <c r="E262" s="111" t="s">
+      <c r="E262" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F262" s="114"/>
-      <c r="G262" s="114" t="s">
+      <c r="F262" s="47"/>
+      <c r="G262" s="47" t="s">
         <v>890</v>
       </c>
-      <c r="H262" s="123" t="s">
+      <c r="H262" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I262" s="191" t="s">
+      <c r="I262" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J262" s="117">
+      <c r="J262" s="49">
         <v>40471</v>
       </c>
-      <c r="K262" s="117"/>
-      <c r="L262" s="118">
+      <c r="K262" s="49"/>
+      <c r="L262" s="48">
         <v>43438</v>
       </c>
-      <c r="M262" s="119"/>
+      <c r="M262" s="51"/>
       <c r="N262" s="37"/>
     </row>
-    <row r="263" spans="1:14" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A263" s="111" t="s">
+    <row r="263" spans="1:14" s="34" customFormat="1">
+      <c r="A263" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B263" s="111" t="s">
+      <c r="B263" s="46" t="s">
         <v>942</v>
       </c>
-      <c r="C263" s="111" t="s">
+      <c r="C263" s="46" t="s">
         <v>943</v>
       </c>
-      <c r="D263" s="111" t="s">
+      <c r="D263" s="46" t="s">
         <v>944</v>
       </c>
-      <c r="E263" s="147" t="s">
+      <c r="E263" s="128" t="s">
         <v>150</v>
       </c>
-      <c r="F263" s="114"/>
-[...1 lines deleted...]
-      <c r="H263" s="113" t="s">
+      <c r="F263" s="47"/>
+      <c r="G263" s="47"/>
+      <c r="H263" s="50" t="s">
         <v>455</v>
       </c>
-      <c r="I263" s="118" t="s">
+      <c r="I263" s="48" t="s">
         <v>393</v>
       </c>
-      <c r="J263" s="133">
+      <c r="J263" s="116">
         <v>43846</v>
       </c>
-      <c r="K263" s="133"/>
-[...1 lines deleted...]
-      <c r="M263" s="134"/>
+      <c r="K263" s="116"/>
+      <c r="L263" s="116"/>
+      <c r="M263" s="117"/>
       <c r="N263" s="37"/>
     </row>
-    <row r="264" spans="1:14" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A264" s="111" t="s">
+    <row r="264" spans="1:14" s="34" customFormat="1" ht="63.75">
+      <c r="A264" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B264" s="111" t="s">
+      <c r="B264" s="46" t="s">
         <v>945</v>
       </c>
-      <c r="C264" s="142" t="s">
+      <c r="C264" s="125" t="s">
         <v>946</v>
       </c>
-      <c r="D264" s="113" t="s">
+      <c r="D264" s="50" t="s">
         <v>947</v>
       </c>
-      <c r="E264" s="111" t="s">
+      <c r="E264" s="46" t="s">
         <v>948</v>
       </c>
-      <c r="F264" s="114"/>
-      <c r="G264" s="114" t="s">
+      <c r="F264" s="47"/>
+      <c r="G264" s="47" t="s">
         <v>949</v>
       </c>
-      <c r="H264" s="123">
+      <c r="H264" s="106">
         <v>3</v>
       </c>
-      <c r="I264" s="191" t="s">
+      <c r="I264" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J264" s="117">
+      <c r="J264" s="49">
         <v>43278</v>
       </c>
-      <c r="K264" s="117"/>
-      <c r="L264" s="118">
+      <c r="K264" s="49"/>
+      <c r="L264" s="48">
         <v>43438</v>
       </c>
-      <c r="M264" s="119"/>
+      <c r="M264" s="51"/>
       <c r="N264" s="37"/>
     </row>
-    <row r="265" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A265" s="111" t="s">
+    <row r="265" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A265" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B265" s="111" t="s">
+      <c r="B265" s="46" t="s">
         <v>950</v>
       </c>
-      <c r="C265" s="112" t="s">
+      <c r="C265" s="32" t="s">
         <v>951</v>
       </c>
-      <c r="D265" s="111" t="s">
+      <c r="D265" s="46" t="s">
         <v>952</v>
       </c>
-      <c r="E265" s="111" t="s">
+      <c r="E265" s="46" t="s">
         <v>85</v>
       </c>
-      <c r="F265" s="125"/>
-      <c r="G265" s="114" t="s">
+      <c r="F265" s="108"/>
+      <c r="G265" s="47" t="s">
         <v>1311</v>
       </c>
-      <c r="H265" s="123" t="s">
+      <c r="H265" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I265" s="191" t="s">
+      <c r="I265" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J265" s="117">
+      <c r="J265" s="49">
         <v>41262</v>
       </c>
-      <c r="K265" s="117"/>
-      <c r="L265" s="118">
+      <c r="K265" s="49"/>
+      <c r="L265" s="48">
         <v>43438</v>
       </c>
-      <c r="M265" s="119"/>
+      <c r="M265" s="51"/>
       <c r="N265" s="37"/>
     </row>
-    <row r="266" spans="1:14" s="34" customFormat="1" ht="51" x14ac:dyDescent="0.2">
-      <c r="A266" s="111" t="s">
+    <row r="266" spans="1:14" s="34" customFormat="1" ht="51">
+      <c r="A266" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B266" s="111" t="s">
+      <c r="B266" s="46" t="s">
         <v>1388</v>
       </c>
-      <c r="C266" s="142" t="s">
+      <c r="C266" s="125" t="s">
         <v>953</v>
       </c>
-      <c r="D266" s="113" t="s">
+      <c r="D266" s="50" t="s">
         <v>954</v>
       </c>
-      <c r="E266" s="111" t="s">
+      <c r="E266" s="46" t="s">
         <v>186</v>
       </c>
-      <c r="F266" s="114" t="s">
+      <c r="F266" s="47" t="s">
         <v>1164</v>
       </c>
-      <c r="G266" s="114" t="s">
+      <c r="G266" s="47" t="s">
         <v>955</v>
       </c>
-      <c r="H266" s="192" t="s">
+      <c r="H266" s="166" t="s">
         <v>455</v>
       </c>
-      <c r="I266" s="191" t="s">
+      <c r="I266" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J266" s="117">
+      <c r="J266" s="49">
         <v>43278</v>
       </c>
-      <c r="K266" s="117"/>
-      <c r="L266" s="117">
+      <c r="K266" s="49"/>
+      <c r="L266" s="49">
         <v>44585</v>
       </c>
-      <c r="M266" s="119"/>
+      <c r="M266" s="51"/>
       <c r="N266" s="37"/>
     </row>
-    <row r="267" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A267" s="111" t="s">
+    <row r="267" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A267" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B267" s="111" t="s">
+      <c r="B267" s="46" t="s">
         <v>956</v>
       </c>
-      <c r="C267" s="142" t="s">
+      <c r="C267" s="125" t="s">
         <v>957</v>
       </c>
-      <c r="D267" s="111" t="s">
+      <c r="D267" s="46" t="s">
         <v>958</v>
       </c>
-      <c r="E267" s="111" t="s">
+      <c r="E267" s="46" t="s">
         <v>128</v>
       </c>
-      <c r="F267" s="114" t="s">
+      <c r="F267" s="47" t="s">
         <v>1270</v>
       </c>
-      <c r="G267" s="114" t="s">
+      <c r="G267" s="47" t="s">
         <v>959</v>
       </c>
-      <c r="H267" s="123" t="s">
+      <c r="H267" s="106" t="s">
         <v>455</v>
       </c>
-      <c r="I267" s="191" t="s">
+      <c r="I267" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J267" s="117">
+      <c r="J267" s="49">
         <v>43115</v>
       </c>
-      <c r="K267" s="117"/>
-      <c r="L267" s="117">
+      <c r="K267" s="49"/>
+      <c r="L267" s="49">
         <v>43922</v>
       </c>
-      <c r="M267" s="119"/>
+      <c r="M267" s="51"/>
       <c r="N267" s="37"/>
     </row>
-    <row r="268" spans="1:14" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A268" s="111" t="s">
+    <row r="268" spans="1:14" s="34" customFormat="1" ht="25.5">
+      <c r="A268" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B268" s="111" t="s">
+      <c r="B268" s="46" t="s">
         <v>960</v>
       </c>
-      <c r="C268" s="112" t="s">
+      <c r="C268" s="32" t="s">
         <v>961</v>
       </c>
-      <c r="D268" s="111" t="s">
+      <c r="D268" s="46" t="s">
         <v>962</v>
       </c>
-      <c r="E268" s="111" t="s">
+      <c r="E268" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F268" s="114"/>
-      <c r="G268" s="114" t="s">
+      <c r="F268" s="47"/>
+      <c r="G268" s="47" t="s">
         <v>890</v>
       </c>
-      <c r="H268" s="123" t="s">
+      <c r="H268" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I268" s="191" t="s">
+      <c r="I268" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J268" s="117">
+      <c r="J268" s="49">
         <v>40471</v>
       </c>
-      <c r="K268" s="117"/>
-[...1 lines deleted...]
-      <c r="M268" s="119"/>
+      <c r="K268" s="49"/>
+      <c r="L268" s="49"/>
+      <c r="M268" s="51"/>
       <c r="N268" s="37"/>
     </row>
-    <row r="269" spans="1:14" s="34" customFormat="1" ht="76.5" x14ac:dyDescent="0.2">
-      <c r="A269" s="111" t="s">
+    <row r="269" spans="1:14" s="34" customFormat="1" ht="76.5">
+      <c r="A269" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B269" s="111" t="s">
+      <c r="B269" s="46" t="s">
         <v>963</v>
       </c>
-      <c r="C269" s="120" t="s">
+      <c r="C269" s="103" t="s">
         <v>964</v>
       </c>
-      <c r="D269" s="121" t="s">
+      <c r="D269" s="104" t="s">
         <v>965</v>
       </c>
-      <c r="E269" s="121" t="s">
+      <c r="E269" s="104" t="s">
         <v>128</v>
       </c>
-      <c r="F269" s="125"/>
-      <c r="G269" s="114" t="s">
+      <c r="F269" s="108"/>
+      <c r="G269" s="47" t="s">
         <v>1312</v>
       </c>
-      <c r="H269" s="193" t="s">
+      <c r="H269" s="167" t="s">
         <v>455</v>
       </c>
-      <c r="I269" s="191" t="s">
+      <c r="I269" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J269" s="133">
+      <c r="J269" s="116">
         <v>43480</v>
       </c>
-      <c r="K269" s="133"/>
-      <c r="L269" s="117">
+      <c r="K269" s="116"/>
+      <c r="L269" s="49">
         <v>43922</v>
       </c>
-      <c r="M269" s="134"/>
+      <c r="M269" s="117"/>
       <c r="N269" s="37"/>
     </row>
-    <row r="270" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A270" s="111" t="s">
+    <row r="270" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A270" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B270" s="111" t="s">
+      <c r="B270" s="46" t="s">
         <v>966</v>
       </c>
-      <c r="C270" s="142" t="s">
+      <c r="C270" s="125" t="s">
         <v>967</v>
       </c>
-      <c r="D270" s="113" t="s">
+      <c r="D270" s="50" t="s">
         <v>968</v>
       </c>
-      <c r="E270" s="111" t="s">
+      <c r="E270" s="46" t="s">
         <v>186</v>
       </c>
-      <c r="F270" s="114"/>
-      <c r="G270" s="114" t="s">
+      <c r="F270" s="47"/>
+      <c r="G270" s="47" t="s">
         <v>959</v>
       </c>
-      <c r="H270" s="123">
+      <c r="H270" s="106">
         <v>3</v>
       </c>
-      <c r="I270" s="191" t="s">
+      <c r="I270" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J270" s="117">
+      <c r="J270" s="49">
         <v>43278</v>
       </c>
-      <c r="K270" s="117"/>
-[...1 lines deleted...]
-      <c r="M270" s="119"/>
+      <c r="K270" s="49"/>
+      <c r="L270" s="49"/>
+      <c r="M270" s="51"/>
       <c r="N270" s="37"/>
     </row>
-    <row r="271" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A271" s="111" t="s">
+    <row r="271" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A271" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B271" s="111" t="s">
+      <c r="B271" s="46" t="s">
         <v>969</v>
       </c>
-      <c r="C271" s="112" t="s">
+      <c r="C271" s="32" t="s">
         <v>970</v>
       </c>
-      <c r="D271" s="111" t="s">
+      <c r="D271" s="46" t="s">
         <v>971</v>
       </c>
-      <c r="E271" s="111" t="s">
+      <c r="E271" s="46" t="s">
         <v>972</v>
       </c>
-      <c r="F271" s="114"/>
-      <c r="G271" s="114" t="s">
+      <c r="F271" s="47"/>
+      <c r="G271" s="47" t="s">
         <v>973</v>
       </c>
-      <c r="H271" s="194" t="s">
+      <c r="H271" s="168" t="s">
         <v>455</v>
       </c>
-      <c r="I271" s="191" t="s">
+      <c r="I271" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J271" s="117">
+      <c r="J271" s="49">
         <v>42541</v>
       </c>
-      <c r="K271" s="117"/>
-      <c r="L271" s="117">
+      <c r="K271" s="49"/>
+      <c r="L271" s="49">
         <v>43922</v>
       </c>
-      <c r="M271" s="119"/>
+      <c r="M271" s="51"/>
       <c r="N271" s="37"/>
     </row>
-    <row r="272" spans="1:14" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A272" s="111" t="s">
+    <row r="272" spans="1:14" s="34" customFormat="1" ht="38.25">
+      <c r="A272" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B272" s="111" t="s">
+      <c r="B272" s="46" t="s">
         <v>974</v>
       </c>
-      <c r="C272" s="142" t="s">
+      <c r="C272" s="125" t="s">
         <v>975</v>
       </c>
-      <c r="D272" s="113" t="s">
+      <c r="D272" s="50" t="s">
         <v>976</v>
       </c>
-      <c r="E272" s="111" t="s">
+      <c r="E272" s="46" t="s">
         <v>128</v>
       </c>
-      <c r="F272" s="114"/>
-      <c r="G272" s="114" t="s">
+      <c r="F272" s="47"/>
+      <c r="G272" s="47" t="s">
         <v>959</v>
       </c>
-      <c r="H272" s="192" t="s">
+      <c r="H272" s="166" t="s">
         <v>455</v>
       </c>
-      <c r="I272" s="191" t="s">
+      <c r="I272" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J272" s="117">
+      <c r="J272" s="49">
         <v>43115</v>
       </c>
-      <c r="K272" s="117"/>
-      <c r="L272" s="117">
+      <c r="K272" s="49"/>
+      <c r="L272" s="49">
         <v>43922</v>
       </c>
-      <c r="M272" s="119"/>
+      <c r="M272" s="51"/>
       <c r="N272" s="37"/>
     </row>
-    <row r="273" spans="1:15" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A273" s="111" t="s">
+    <row r="273" spans="1:15" s="34" customFormat="1" ht="63.75">
+      <c r="A273" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B273" s="111" t="s">
+      <c r="B273" s="46" t="s">
         <v>977</v>
       </c>
-      <c r="C273" s="139" t="s">
+      <c r="C273" s="122" t="s">
         <v>978</v>
       </c>
-      <c r="D273" s="139" t="s">
+      <c r="D273" s="122" t="s">
         <v>979</v>
       </c>
-      <c r="E273" s="152" t="s">
+      <c r="E273" s="133" t="s">
         <v>390</v>
       </c>
-      <c r="F273" s="125"/>
-      <c r="G273" s="114" t="s">
+      <c r="F273" s="108"/>
+      <c r="G273" s="47" t="s">
         <v>1302</v>
       </c>
-      <c r="H273" s="193" t="s">
+      <c r="H273" s="167" t="s">
         <v>392</v>
       </c>
-      <c r="I273" s="191" t="s">
+      <c r="I273" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J273" s="153">
+      <c r="J273" s="134">
         <v>43662</v>
       </c>
-      <c r="K273" s="133"/>
-[...1 lines deleted...]
-      <c r="M273" s="134"/>
+      <c r="K273" s="116"/>
+      <c r="L273" s="49"/>
+      <c r="M273" s="117"/>
       <c r="N273" s="37"/>
     </row>
-    <row r="274" spans="1:15" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A274" s="111" t="s">
+    <row r="274" spans="1:15" s="34" customFormat="1" ht="25.5">
+      <c r="A274" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B274" s="111" t="s">
+      <c r="B274" s="46" t="s">
         <v>980</v>
       </c>
-      <c r="C274" s="111" t="s">
+      <c r="C274" s="46" t="s">
         <v>981</v>
       </c>
-      <c r="D274" s="111" t="s">
+      <c r="D274" s="46" t="s">
         <v>982</v>
       </c>
-      <c r="E274" s="141" t="s">
+      <c r="E274" s="124" t="s">
         <v>150</v>
       </c>
-      <c r="F274" s="125"/>
-      <c r="G274" s="114" t="s">
+      <c r="F274" s="108"/>
+      <c r="G274" s="47" t="s">
         <v>983</v>
       </c>
-      <c r="H274" s="193" t="s">
+      <c r="H274" s="167" t="s">
         <v>455</v>
       </c>
-      <c r="I274" s="191" t="s">
+      <c r="I274" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J274" s="133">
+      <c r="J274" s="116">
         <v>44007</v>
       </c>
-      <c r="K274" s="133"/>
-[...1 lines deleted...]
-      <c r="M274" s="134"/>
+      <c r="K274" s="116"/>
+      <c r="L274" s="116"/>
+      <c r="M274" s="117"/>
       <c r="N274" s="37"/>
     </row>
-    <row r="275" spans="1:15" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A275" s="113" t="s">
+    <row r="275" spans="1:15" s="34" customFormat="1" ht="38.25">
+      <c r="A275" s="50" t="s">
         <v>267</v>
       </c>
-      <c r="B275" s="111" t="s">
+      <c r="B275" s="46" t="s">
         <v>984</v>
       </c>
-      <c r="C275" s="111" t="s">
+      <c r="C275" s="46" t="s">
         <v>985</v>
       </c>
-      <c r="D275" s="111" t="s">
+      <c r="D275" s="46" t="s">
         <v>986</v>
       </c>
-      <c r="E275" s="113" t="s">
+      <c r="E275" s="50" t="s">
         <v>150</v>
       </c>
-      <c r="F275" s="125"/>
-      <c r="G275" s="114" t="s">
+      <c r="F275" s="108"/>
+      <c r="G275" s="47" t="s">
         <v>1303</v>
       </c>
-      <c r="H275" s="113" t="s">
+      <c r="H275" s="50" t="s">
         <v>455</v>
       </c>
-      <c r="I275" s="118" t="s">
+      <c r="I275" s="48" t="s">
         <v>393</v>
       </c>
-      <c r="J275" s="133">
+      <c r="J275" s="116">
         <v>43846</v>
       </c>
-      <c r="K275" s="133"/>
-[...1 lines deleted...]
-      <c r="M275" s="134"/>
+      <c r="K275" s="116"/>
+      <c r="L275" s="116"/>
+      <c r="M275" s="117"/>
       <c r="N275" s="37"/>
     </row>
-    <row r="276" spans="1:15" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A276" s="111" t="s">
+    <row r="276" spans="1:15" s="34" customFormat="1" ht="25.5">
+      <c r="A276" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B276" s="111" t="s">
+      <c r="B276" s="46" t="s">
         <v>987</v>
       </c>
-      <c r="C276" s="142" t="s">
+      <c r="C276" s="125" t="s">
         <v>988</v>
       </c>
-      <c r="D276" s="113" t="s">
+      <c r="D276" s="50" t="s">
         <v>989</v>
       </c>
-      <c r="E276" s="111" t="s">
+      <c r="E276" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F276" s="125"/>
-      <c r="G276" s="114" t="s">
+      <c r="F276" s="108"/>
+      <c r="G276" s="47" t="s">
         <v>896</v>
       </c>
-      <c r="H276" s="123" t="s">
+      <c r="H276" s="106" t="s">
         <v>54</v>
       </c>
-      <c r="I276" s="118" t="s">
+      <c r="I276" s="48" t="s">
         <v>393</v>
       </c>
-      <c r="J276" s="117">
+      <c r="J276" s="49">
         <v>41990</v>
       </c>
-      <c r="K276" s="117">
+      <c r="K276" s="49">
         <v>45778</v>
       </c>
-      <c r="L276" s="117">
+      <c r="L276" s="49">
         <v>44743</v>
       </c>
-      <c r="M276" s="119"/>
+      <c r="M276" s="51"/>
       <c r="N276" s="37"/>
     </row>
-    <row r="277" spans="1:15" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A277" s="113" t="s">
+    <row r="277" spans="1:15" s="34" customFormat="1" ht="38.25">
+      <c r="A277" s="50" t="s">
         <v>267</v>
       </c>
-      <c r="B277" s="111" t="s">
+      <c r="B277" s="46" t="s">
         <v>990</v>
       </c>
-      <c r="C277" s="111" t="s">
+      <c r="C277" s="46" t="s">
         <v>991</v>
       </c>
-      <c r="D277" s="111" t="s">
+      <c r="D277" s="46" t="s">
         <v>992</v>
       </c>
-      <c r="E277" s="113" t="s">
+      <c r="E277" s="50" t="s">
         <v>150</v>
       </c>
-      <c r="F277" s="125"/>
-      <c r="G277" s="114" t="s">
+      <c r="F277" s="108"/>
+      <c r="G277" s="47" t="s">
         <v>1303</v>
       </c>
-      <c r="H277" s="113" t="s">
+      <c r="H277" s="50" t="s">
         <v>455</v>
       </c>
-      <c r="I277" s="118" t="s">
+      <c r="I277" s="48" t="s">
         <v>393</v>
       </c>
-      <c r="J277" s="133">
+      <c r="J277" s="116">
         <v>43846</v>
       </c>
-      <c r="K277" s="133"/>
-[...1 lines deleted...]
-      <c r="M277" s="134"/>
+      <c r="K277" s="116"/>
+      <c r="L277" s="116"/>
+      <c r="M277" s="117"/>
       <c r="N277" s="37"/>
     </row>
-    <row r="278" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A278" s="111" t="s">
+    <row r="278" spans="1:15" s="34" customFormat="1">
+      <c r="A278" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B278" s="111" t="s">
+      <c r="B278" s="46" t="s">
         <v>993</v>
       </c>
-      <c r="C278" s="120" t="s">
+      <c r="C278" s="103" t="s">
         <v>994</v>
       </c>
-      <c r="D278" s="121" t="s">
+      <c r="D278" s="104" t="s">
         <v>995</v>
       </c>
-      <c r="E278" s="121" t="s">
+      <c r="E278" s="104" t="s">
         <v>150</v>
       </c>
-      <c r="F278" s="114"/>
-[...1 lines deleted...]
-      <c r="H278" s="193" t="s">
+      <c r="F278" s="47"/>
+      <c r="G278" s="47"/>
+      <c r="H278" s="167" t="s">
         <v>392</v>
       </c>
-      <c r="I278" s="191" t="s">
+      <c r="I278" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J278" s="133">
+      <c r="J278" s="116">
         <v>43480</v>
       </c>
-      <c r="K278" s="133"/>
-[...1 lines deleted...]
-      <c r="M278" s="134"/>
+      <c r="K278" s="116"/>
+      <c r="L278" s="116"/>
+      <c r="M278" s="117"/>
       <c r="N278" s="37"/>
     </row>
-    <row r="279" spans="1:15" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A279" s="111" t="s">
+    <row r="279" spans="1:15" s="34" customFormat="1" ht="38.25">
+      <c r="A279" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B279" s="111" t="s">
+      <c r="B279" s="46" t="s">
         <v>996</v>
       </c>
-      <c r="C279" s="120" t="s">
+      <c r="C279" s="103" t="s">
         <v>997</v>
       </c>
-      <c r="D279" s="121" t="s">
+      <c r="D279" s="104" t="s">
         <v>998</v>
       </c>
-      <c r="E279" s="121" t="s">
+      <c r="E279" s="104" t="s">
         <v>390</v>
       </c>
-      <c r="F279" s="114"/>
-[...1 lines deleted...]
-      <c r="H279" s="193" t="s">
+      <c r="F279" s="47"/>
+      <c r="G279" s="47"/>
+      <c r="H279" s="167" t="s">
         <v>392</v>
       </c>
-      <c r="I279" s="191" t="s">
+      <c r="I279" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J279" s="133">
+      <c r="J279" s="116">
         <v>43480</v>
       </c>
-      <c r="K279" s="133"/>
-[...1 lines deleted...]
-      <c r="M279" s="134"/>
+      <c r="K279" s="116"/>
+      <c r="L279" s="116"/>
+      <c r="M279" s="117"/>
       <c r="N279" s="37"/>
       <c r="O279" s="37"/>
     </row>
-    <row r="280" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A280" s="111" t="s">
+    <row r="280" spans="1:15" s="34" customFormat="1">
+      <c r="A280" s="46" t="s">
         <v>267</v>
       </c>
-      <c r="B280" s="111" t="s">
+      <c r="B280" s="46" t="s">
         <v>999</v>
       </c>
-      <c r="C280" s="112" t="s">
+      <c r="C280" s="32" t="s">
         <v>1000</v>
       </c>
-      <c r="D280" s="111" t="s">
+      <c r="D280" s="46" t="s">
         <v>1001</v>
       </c>
-      <c r="E280" s="111" t="s">
+      <c r="E280" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F280" s="114"/>
-      <c r="G280" s="114" t="s">
+      <c r="F280" s="47"/>
+      <c r="G280" s="47" t="s">
         <v>1002</v>
       </c>
-      <c r="H280" s="123">
+      <c r="H280" s="106">
         <v>3</v>
       </c>
-      <c r="I280" s="191" t="s">
+      <c r="I280" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J280" s="117">
+      <c r="J280" s="49">
         <v>42355</v>
       </c>
-      <c r="K280" s="117"/>
-[...1 lines deleted...]
-      <c r="M280" s="119"/>
+      <c r="K280" s="49"/>
+      <c r="L280" s="49"/>
+      <c r="M280" s="51"/>
       <c r="N280" s="37"/>
       <c r="O280" s="37"/>
     </row>
-    <row r="281" spans="1:15" s="34" customFormat="1" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A281" s="195" t="s">
+    <row r="281" spans="1:15" s="34" customFormat="1" ht="38.25">
+      <c r="A281" s="169" t="s">
         <v>267</v>
       </c>
       <c r="B281" s="44" t="s">
         <v>1003</v>
       </c>
       <c r="C281" s="44" t="s">
         <v>1004</v>
       </c>
       <c r="D281" s="44" t="s">
         <v>1005</v>
       </c>
-      <c r="E281" s="195" t="s">
+      <c r="E281" s="169" t="s">
         <v>150</v>
       </c>
-      <c r="F281" s="195"/>
-      <c r="G281" s="114" t="s">
+      <c r="F281" s="169"/>
+      <c r="G281" s="47" t="s">
         <v>1006</v>
       </c>
-      <c r="H281" s="68" t="s">
+      <c r="H281" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I281" s="191" t="s">
+      <c r="I281" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J281" s="143">
+      <c r="J281" s="66">
         <v>44385</v>
       </c>
-      <c r="K281" s="196"/>
-[...1 lines deleted...]
-      <c r="M281" s="144"/>
+      <c r="K281" s="170"/>
+      <c r="L281" s="66"/>
+      <c r="M281" s="67"/>
       <c r="N281" s="37"/>
       <c r="O281" s="37"/>
     </row>
-    <row r="282" spans="1:15" s="34" customFormat="1" ht="89.25" x14ac:dyDescent="0.2">
-      <c r="A282" s="195" t="s">
+    <row r="282" spans="1:15" s="34" customFormat="1" ht="89.25">
+      <c r="A282" s="169" t="s">
         <v>267</v>
       </c>
       <c r="B282" s="44" t="s">
         <v>1007</v>
       </c>
       <c r="C282" s="44" t="s">
         <v>1008</v>
       </c>
       <c r="D282" s="44" t="s">
         <v>1009</v>
       </c>
-      <c r="E282" s="195" t="s">
+      <c r="E282" s="169" t="s">
         <v>150</v>
       </c>
-      <c r="F282" s="195"/>
-      <c r="G282" s="114" t="s">
+      <c r="F282" s="169"/>
+      <c r="G282" s="47" t="s">
         <v>1010</v>
       </c>
-      <c r="H282" s="68" t="s">
+      <c r="H282" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I282" s="191" t="s">
+      <c r="I282" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J282" s="143">
+      <c r="J282" s="66">
         <v>44385</v>
       </c>
-      <c r="K282" s="196"/>
-[...1 lines deleted...]
-      <c r="M282" s="144"/>
+      <c r="K282" s="170"/>
+      <c r="L282" s="66"/>
+      <c r="M282" s="67"/>
       <c r="N282" s="37"/>
       <c r="O282" s="37"/>
     </row>
-    <row r="283" spans="1:15" s="34" customFormat="1" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A283" s="195" t="s">
+    <row r="283" spans="1:15" s="34" customFormat="1" ht="25.5">
+      <c r="A283" s="169" t="s">
         <v>267</v>
       </c>
       <c r="B283" s="44" t="s">
         <v>1348</v>
       </c>
       <c r="C283" s="44" t="s">
         <v>1011</v>
       </c>
       <c r="D283" s="44" t="s">
         <v>1012</v>
       </c>
-      <c r="E283" s="195" t="s">
+      <c r="E283" s="169" t="s">
         <v>85</v>
       </c>
-      <c r="F283" s="195"/>
-      <c r="G283" s="114" t="s">
+      <c r="F283" s="169"/>
+      <c r="G283" s="47" t="s">
         <v>1013</v>
       </c>
-      <c r="H283" s="68" t="s">
+      <c r="H283" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I283" s="191" t="s">
+      <c r="I283" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J283" s="143">
+      <c r="J283" s="66">
         <v>44385</v>
       </c>
-      <c r="K283" s="196"/>
-[...1 lines deleted...]
-      <c r="M283" s="144"/>
+      <c r="K283" s="170"/>
+      <c r="L283" s="66"/>
+      <c r="M283" s="67"/>
       <c r="N283" s="37"/>
       <c r="O283" s="37"/>
     </row>
-    <row r="284" spans="1:15" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A284" s="195" t="s">
+    <row r="284" spans="1:15" s="34" customFormat="1" ht="63.75">
+      <c r="A284" s="169" t="s">
         <v>267</v>
       </c>
       <c r="B284" s="44" t="s">
         <v>1014</v>
       </c>
-      <c r="C284" s="162" t="s">
+      <c r="C284" s="143" t="s">
         <v>1015</v>
       </c>
-      <c r="D284" s="162" t="s">
+      <c r="D284" s="143" t="s">
         <v>1016</v>
       </c>
-      <c r="E284" s="198" t="s">
+      <c r="E284" s="172" t="s">
         <v>186</v>
       </c>
-      <c r="F284" s="195"/>
-      <c r="G284" s="114" t="s">
+      <c r="F284" s="169"/>
+      <c r="G284" s="47" t="s">
         <v>1017</v>
       </c>
-      <c r="H284" s="68" t="s">
+      <c r="H284" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I284" s="191" t="s">
+      <c r="I284" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J284" s="159">
+      <c r="J284" s="140">
         <v>44385</v>
       </c>
-      <c r="K284" s="199"/>
-[...1 lines deleted...]
-      <c r="M284" s="160"/>
+      <c r="K284" s="173"/>
+      <c r="L284" s="66"/>
+      <c r="M284" s="141"/>
       <c r="N284" s="37"/>
       <c r="O284" s="37"/>
     </row>
-    <row r="285" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A285" s="111" t="s">
+    <row r="285" spans="1:15" s="34" customFormat="1">
+      <c r="A285" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B285" s="111" t="s">
+      <c r="B285" s="46" t="s">
         <v>1028</v>
       </c>
-      <c r="C285" s="112" t="s">
+      <c r="C285" s="32" t="s">
         <v>1029</v>
       </c>
-      <c r="D285" s="111" t="s">
+      <c r="D285" s="46" t="s">
         <v>1030</v>
       </c>
-      <c r="E285" s="149" t="s">
+      <c r="E285" s="130" t="s">
         <v>85</v>
       </c>
-      <c r="F285" s="114"/>
-[...1 lines deleted...]
-      <c r="H285" s="123" t="s">
+      <c r="F285" s="47"/>
+      <c r="G285" s="47"/>
+      <c r="H285" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I285" s="191" t="s">
+      <c r="I285" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J285" s="140">
+      <c r="J285" s="123">
         <v>41262</v>
       </c>
-      <c r="K285" s="140"/>
-[...1 lines deleted...]
-      <c r="M285" s="148"/>
+      <c r="K285" s="123"/>
+      <c r="L285" s="49"/>
+      <c r="M285" s="129"/>
       <c r="N285" s="37"/>
       <c r="O285" s="37"/>
     </row>
-    <row r="286" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A286" s="111" t="s">
+    <row r="286" spans="1:15" s="34" customFormat="1">
+      <c r="A286" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B286" s="111" t="s">
+      <c r="B286" s="46" t="s">
         <v>1031</v>
       </c>
-      <c r="C286" s="112" t="s">
+      <c r="C286" s="32" t="s">
         <v>1032</v>
       </c>
-      <c r="D286" s="113" t="s">
+      <c r="D286" s="50" t="s">
         <v>1033</v>
       </c>
-      <c r="E286" s="150" t="s">
+      <c r="E286" s="131" t="s">
         <v>85</v>
       </c>
-      <c r="F286" s="114"/>
-[...1 lines deleted...]
-      <c r="H286" s="123" t="s">
+      <c r="F286" s="47"/>
+      <c r="G286" s="47"/>
+      <c r="H286" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I286" s="191" t="s">
+      <c r="I286" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J286" s="117">
+      <c r="J286" s="49">
         <v>41262</v>
       </c>
-      <c r="K286" s="117"/>
-[...1 lines deleted...]
-      <c r="M286" s="119"/>
+      <c r="K286" s="49"/>
+      <c r="L286" s="49"/>
+      <c r="M286" s="51"/>
       <c r="N286" s="37"/>
       <c r="O286" s="37"/>
     </row>
-    <row r="287" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A287" s="111" t="s">
+    <row r="287" spans="1:15" s="34" customFormat="1">
+      <c r="A287" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B287" s="111" t="s">
+      <c r="B287" s="46" t="s">
         <v>1034</v>
       </c>
-      <c r="C287" s="112" t="s">
+      <c r="C287" s="32" t="s">
         <v>1035</v>
       </c>
-      <c r="D287" s="113" t="s">
+      <c r="D287" s="50" t="s">
         <v>1036</v>
       </c>
-      <c r="E287" s="150" t="s">
+      <c r="E287" s="131" t="s">
         <v>85</v>
       </c>
-      <c r="F287" s="114"/>
-[...1 lines deleted...]
-      <c r="H287" s="123" t="s">
+      <c r="F287" s="47"/>
+      <c r="G287" s="47"/>
+      <c r="H287" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I287" s="191" t="s">
+      <c r="I287" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J287" s="117">
+      <c r="J287" s="49">
         <v>41262</v>
       </c>
-      <c r="K287" s="117"/>
-[...1 lines deleted...]
-      <c r="M287" s="119"/>
+      <c r="K287" s="49"/>
+      <c r="L287" s="49"/>
+      <c r="M287" s="51"/>
       <c r="N287" s="37"/>
       <c r="O287" s="37"/>
     </row>
-    <row r="288" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A288" s="111" t="s">
+    <row r="288" spans="1:15" s="34" customFormat="1">
+      <c r="A288" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B288" s="111" t="s">
+      <c r="B288" s="46" t="s">
         <v>1037</v>
       </c>
-      <c r="C288" s="112" t="s">
+      <c r="C288" s="32" t="s">
         <v>1038</v>
       </c>
-      <c r="D288" s="111" t="s">
+      <c r="D288" s="46" t="s">
         <v>1039</v>
       </c>
-      <c r="E288" s="111" t="s">
+      <c r="E288" s="46" t="s">
         <v>85</v>
       </c>
-      <c r="F288" s="114"/>
-[...1 lines deleted...]
-      <c r="H288" s="123" t="s">
+      <c r="F288" s="47"/>
+      <c r="G288" s="47"/>
+      <c r="H288" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I288" s="191" t="s">
+      <c r="I288" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J288" s="117">
+      <c r="J288" s="49">
         <v>41262</v>
       </c>
-      <c r="K288" s="117"/>
-[...1 lines deleted...]
-      <c r="M288" s="119"/>
+      <c r="K288" s="49"/>
+      <c r="L288" s="49"/>
+      <c r="M288" s="51"/>
       <c r="N288" s="37"/>
       <c r="O288" s="37"/>
     </row>
-    <row r="289" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A289" s="111" t="s">
+    <row r="289" spans="1:15" s="34" customFormat="1">
+      <c r="A289" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B289" s="111" t="s">
+      <c r="B289" s="46" t="s">
         <v>1040</v>
       </c>
-      <c r="C289" s="112" t="s">
+      <c r="C289" s="32" t="s">
         <v>1041</v>
       </c>
-      <c r="D289" s="113" t="s">
+      <c r="D289" s="50" t="s">
         <v>1042</v>
       </c>
-      <c r="E289" s="111" t="s">
+      <c r="E289" s="46" t="s">
         <v>74</v>
       </c>
-      <c r="F289" s="114"/>
-      <c r="G289" s="114" t="s">
+      <c r="F289" s="47"/>
+      <c r="G289" s="47" t="s">
         <v>306</v>
       </c>
-      <c r="H289" s="123" t="s">
+      <c r="H289" s="106" t="s">
         <v>81</v>
       </c>
-      <c r="I289" s="191" t="s">
+      <c r="I289" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J289" s="117">
+      <c r="J289" s="49">
         <v>37483</v>
       </c>
-      <c r="K289" s="117"/>
-[...1 lines deleted...]
-      <c r="M289" s="119"/>
+      <c r="K289" s="49"/>
+      <c r="L289" s="49"/>
+      <c r="M289" s="51"/>
       <c r="N289" s="37"/>
       <c r="O289" s="37"/>
     </row>
-    <row r="290" spans="1:15" s="34" customFormat="1" ht="65.099999999999994" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A290" s="111" t="s">
+    <row r="290" spans="1:15" s="34" customFormat="1" ht="65.099999999999994" customHeight="1">
+      <c r="A290" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B290" s="111" t="s">
+      <c r="B290" s="46" t="s">
         <v>1043</v>
       </c>
-      <c r="C290" s="137" t="s">
+      <c r="C290" s="120" t="s">
         <v>1044</v>
       </c>
-      <c r="D290" s="138" t="s">
+      <c r="D290" s="121" t="s">
         <v>1045</v>
       </c>
-      <c r="E290" s="139" t="s">
+      <c r="E290" s="122" t="s">
         <v>402</v>
       </c>
-      <c r="F290" s="114"/>
-      <c r="G290" s="114" t="s">
+      <c r="F290" s="47"/>
+      <c r="G290" s="47" t="s">
         <v>1046</v>
       </c>
-      <c r="H290" s="123"/>
-      <c r="I290" s="191" t="s">
+      <c r="H290" s="106"/>
+      <c r="I290" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J290" s="140">
+      <c r="J290" s="123">
         <v>35852</v>
       </c>
-      <c r="K290" s="140"/>
-[...1 lines deleted...]
-      <c r="M290" s="148"/>
+      <c r="K290" s="123"/>
+      <c r="L290" s="123"/>
+      <c r="M290" s="129"/>
       <c r="N290" s="37"/>
       <c r="O290" s="37"/>
     </row>
-    <row r="291" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A291" s="111" t="s">
+    <row r="291" spans="1:15" s="34" customFormat="1">
+      <c r="A291" s="46" t="s">
         <v>288</v>
       </c>
-      <c r="B291" s="111" t="s">
+      <c r="B291" s="46" t="s">
         <v>1047</v>
       </c>
-      <c r="C291" s="137" t="s">
+      <c r="C291" s="120" t="s">
         <v>1048</v>
       </c>
-      <c r="D291" s="138" t="s">
+      <c r="D291" s="121" t="s">
         <v>1049</v>
       </c>
-      <c r="E291" s="139" t="s">
+      <c r="E291" s="122" t="s">
         <v>85</v>
       </c>
-      <c r="F291" s="114"/>
-[...1 lines deleted...]
-      <c r="H291" s="123" t="s">
+      <c r="F291" s="47"/>
+      <c r="G291" s="47"/>
+      <c r="H291" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I291" s="191" t="s">
+      <c r="I291" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J291" s="140">
+      <c r="J291" s="123">
         <v>41262</v>
       </c>
-      <c r="K291" s="140"/>
-      <c r="L291" s="118">
+      <c r="K291" s="123"/>
+      <c r="L291" s="48">
         <v>43438</v>
       </c>
-      <c r="M291" s="148"/>
+      <c r="M291" s="129"/>
       <c r="N291" s="37"/>
       <c r="O291" s="37"/>
     </row>
-    <row r="292" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A292" s="121" t="s">
+    <row r="292" spans="1:15" s="34" customFormat="1">
+      <c r="A292" s="104" t="s">
         <v>335</v>
       </c>
-      <c r="B292" s="121" t="s">
+      <c r="B292" s="104" t="s">
         <v>1050</v>
       </c>
-      <c r="C292" s="151" t="s">
+      <c r="C292" s="132" t="s">
         <v>1051</v>
       </c>
-      <c r="D292" s="152" t="s">
+      <c r="D292" s="133" t="s">
         <v>1052</v>
       </c>
-      <c r="E292" s="152" t="s">
+      <c r="E292" s="133" t="s">
         <v>150</v>
       </c>
-      <c r="F292" s="121"/>
-      <c r="G292" s="121" t="s">
+      <c r="F292" s="104"/>
+      <c r="G292" s="104" t="s">
         <v>1053</v>
       </c>
-      <c r="H292" s="120" t="s">
+      <c r="H292" s="103" t="s">
         <v>392</v>
       </c>
-      <c r="I292" s="191" t="s">
+      <c r="I292" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J292" s="153">
+      <c r="J292" s="134">
         <v>44215</v>
       </c>
-      <c r="K292" s="154"/>
-[...1 lines deleted...]
-      <c r="M292" s="155"/>
+      <c r="K292" s="135"/>
+      <c r="L292" s="134"/>
+      <c r="M292" s="136"/>
       <c r="N292" s="37"/>
       <c r="O292" s="37"/>
     </row>
-    <row r="293" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A293" s="111" t="s">
+    <row r="293" spans="1:15" s="34" customFormat="1">
+      <c r="A293" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B293" s="111" t="s">
+      <c r="B293" s="46" t="s">
         <v>1054</v>
       </c>
-      <c r="C293" s="137" t="s">
+      <c r="C293" s="120" t="s">
         <v>1055</v>
       </c>
-      <c r="D293" s="139" t="s">
+      <c r="D293" s="122" t="s">
         <v>1056</v>
       </c>
-      <c r="E293" s="139" t="s">
+      <c r="E293" s="122" t="s">
         <v>150</v>
       </c>
-      <c r="F293" s="114"/>
-      <c r="G293" s="114" t="s">
+      <c r="F293" s="47"/>
+      <c r="G293" s="47" t="s">
         <v>645</v>
       </c>
-      <c r="H293" s="123">
+      <c r="H293" s="106">
         <v>3</v>
       </c>
-      <c r="I293" s="191" t="s">
+      <c r="I293" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J293" s="140">
+      <c r="J293" s="123">
         <v>42355</v>
       </c>
-      <c r="K293" s="140"/>
-[...1 lines deleted...]
-      <c r="M293" s="148"/>
+      <c r="K293" s="123"/>
+      <c r="L293" s="123"/>
+      <c r="M293" s="129"/>
       <c r="N293" s="37"/>
       <c r="O293" s="37"/>
     </row>
-    <row r="294" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A294" s="111" t="s">
+    <row r="294" spans="1:15" s="34" customFormat="1">
+      <c r="A294" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B294" s="111" t="s">
+      <c r="B294" s="46" t="s">
         <v>1057</v>
       </c>
-      <c r="C294" s="137" t="s">
+      <c r="C294" s="120" t="s">
         <v>1058</v>
       </c>
-      <c r="D294" s="138" t="s">
+      <c r="D294" s="121" t="s">
         <v>1059</v>
       </c>
-      <c r="E294" s="139" t="s">
+      <c r="E294" s="122" t="s">
         <v>150</v>
       </c>
-      <c r="F294" s="114"/>
-      <c r="G294" s="114" t="s">
+      <c r="F294" s="47"/>
+      <c r="G294" s="47" t="s">
         <v>1060</v>
       </c>
-      <c r="H294" s="123" t="s">
+      <c r="H294" s="106" t="s">
         <v>455</v>
       </c>
-      <c r="I294" s="191" t="s">
+      <c r="I294" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J294" s="140">
+      <c r="J294" s="123">
         <v>41262</v>
       </c>
-      <c r="K294" s="140"/>
-[...1 lines deleted...]
-      <c r="M294" s="148"/>
+      <c r="K294" s="123"/>
+      <c r="L294" s="123"/>
+      <c r="M294" s="129"/>
       <c r="N294" s="37"/>
       <c r="O294" s="37"/>
     </row>
-    <row r="295" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A295" s="111" t="s">
+    <row r="295" spans="1:15" s="34" customFormat="1">
+      <c r="A295" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B295" s="111" t="s">
+      <c r="B295" s="46" t="s">
         <v>1061</v>
       </c>
-      <c r="C295" s="112" t="s">
+      <c r="C295" s="32" t="s">
         <v>1062</v>
       </c>
-      <c r="D295" s="113" t="s">
+      <c r="D295" s="50" t="s">
         <v>1063</v>
       </c>
-      <c r="E295" s="111" t="s">
+      <c r="E295" s="46" t="s">
         <v>150</v>
       </c>
-      <c r="F295" s="114"/>
-[...1 lines deleted...]
-      <c r="H295" s="123" t="s">
+      <c r="F295" s="47"/>
+      <c r="G295" s="47"/>
+      <c r="H295" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I295" s="191" t="s">
+      <c r="I295" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J295" s="140">
+      <c r="J295" s="123">
         <v>40911</v>
       </c>
-      <c r="K295" s="140"/>
-[...1 lines deleted...]
-      <c r="M295" s="148"/>
+      <c r="K295" s="123"/>
+      <c r="L295" s="123"/>
+      <c r="M295" s="129"/>
       <c r="N295" s="37"/>
       <c r="O295" s="37"/>
     </row>
-    <row r="296" spans="1:15" s="34" customFormat="1" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A296" s="111" t="s">
+    <row r="296" spans="1:15" s="34" customFormat="1" ht="63.75">
+      <c r="A296" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B296" s="111" t="s">
+      <c r="B296" s="46" t="s">
         <v>1064</v>
       </c>
-      <c r="C296" s="112" t="s">
+      <c r="C296" s="32" t="s">
         <v>1065</v>
       </c>
-      <c r="D296" s="111" t="s">
+      <c r="D296" s="46" t="s">
         <v>1066</v>
       </c>
-      <c r="E296" s="111" t="s">
+      <c r="E296" s="46" t="s">
         <v>510</v>
       </c>
-      <c r="F296" s="114" t="s">
+      <c r="F296" s="47" t="s">
         <v>1067</v>
       </c>
-      <c r="G296" s="114" t="s">
+      <c r="G296" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H296" s="123"/>
-      <c r="I296" s="191" t="s">
+      <c r="H296" s="106"/>
+      <c r="I296" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J296" s="140">
+      <c r="J296" s="123">
         <v>35852</v>
       </c>
-      <c r="K296" s="140"/>
-[...1 lines deleted...]
-      <c r="M296" s="148"/>
+      <c r="K296" s="123"/>
+      <c r="L296" s="123"/>
+      <c r="M296" s="129"/>
       <c r="N296" s="37"/>
       <c r="O296" s="37"/>
     </row>
-    <row r="297" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A297" s="111" t="s">
+    <row r="297" spans="1:15" s="34" customFormat="1">
+      <c r="A297" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B297" s="111" t="s">
+      <c r="B297" s="46" t="s">
         <v>1068</v>
       </c>
-      <c r="C297" s="112" t="s">
+      <c r="C297" s="32" t="s">
         <v>1069</v>
       </c>
-      <c r="D297" s="113" t="s">
+      <c r="D297" s="50" t="s">
         <v>1070</v>
       </c>
-      <c r="E297" s="111" t="s">
+      <c r="E297" s="46" t="s">
         <v>1071</v>
       </c>
-      <c r="F297" s="114"/>
-[...4 lines deleted...]
-      <c r="I297" s="191" t="s">
+      <c r="F297" s="47"/>
+      <c r="G297" s="201" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H297" s="202" t="s">
+        <v>392</v>
+      </c>
+      <c r="I297" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J297" s="156">
+      <c r="J297" s="137">
         <v>35852</v>
       </c>
-      <c r="K297" s="156"/>
-[...1 lines deleted...]
-      <c r="M297" s="129"/>
+      <c r="K297" s="137"/>
+      <c r="L297" s="203">
+        <v>46057</v>
+      </c>
+      <c r="M297" s="112"/>
       <c r="N297" s="37"/>
       <c r="O297" s="37"/>
     </row>
-    <row r="298" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A298" s="111" t="s">
+    <row r="298" spans="1:15" s="34" customFormat="1">
+      <c r="A298" s="46" t="s">
         <v>335</v>
       </c>
-      <c r="B298" s="111" t="s">
+      <c r="B298" s="46" t="s">
         <v>1072</v>
       </c>
-      <c r="C298" s="112" t="s">
+      <c r="C298" s="32" t="s">
         <v>1073</v>
       </c>
-      <c r="D298" s="113" t="s">
+      <c r="D298" s="50" t="s">
         <v>1074</v>
       </c>
-      <c r="E298" s="111" t="s">
+      <c r="E298" s="46" t="s">
         <v>53</v>
       </c>
-      <c r="F298" s="114"/>
-      <c r="G298" s="114" t="s">
+      <c r="F298" s="47"/>
+      <c r="G298" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H298" s="123" t="s">
+      <c r="H298" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I298" s="191" t="s">
+      <c r="I298" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J298" s="140">
+      <c r="J298" s="123">
         <v>41262</v>
       </c>
-      <c r="K298" s="140"/>
-[...1 lines deleted...]
-      <c r="M298" s="119"/>
+      <c r="K298" s="123"/>
+      <c r="L298" s="49"/>
+      <c r="M298" s="51"/>
       <c r="N298" s="37"/>
       <c r="O298" s="37"/>
     </row>
-    <row r="299" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A299" s="149" t="s">
+    <row r="299" spans="1:15" s="34" customFormat="1">
+      <c r="A299" s="130" t="s">
         <v>335</v>
       </c>
-      <c r="B299" s="139" t="s">
+      <c r="B299" s="122" t="s">
         <v>1075</v>
       </c>
-      <c r="C299" s="137" t="s">
+      <c r="C299" s="120" t="s">
         <v>1076</v>
       </c>
-      <c r="D299" s="136" t="s">
+      <c r="D299" s="119" t="s">
         <v>1077</v>
       </c>
-      <c r="E299" s="139" t="s">
+      <c r="E299" s="122" t="s">
         <v>224</v>
       </c>
-      <c r="F299" s="157"/>
-[...1 lines deleted...]
-      <c r="H299" s="192" t="s">
+      <c r="F299" s="138"/>
+      <c r="G299" s="138"/>
+      <c r="H299" s="166" t="s">
         <v>455</v>
       </c>
-      <c r="I299" s="191" t="s">
+      <c r="I299" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J299" s="156">
+      <c r="J299" s="137">
         <v>35852</v>
       </c>
-      <c r="K299" s="156"/>
-      <c r="L299" s="140">
+      <c r="K299" s="137"/>
+      <c r="L299" s="123">
         <v>43922</v>
       </c>
-      <c r="M299" s="158"/>
+      <c r="M299" s="139"/>
       <c r="N299" s="37"/>
       <c r="O299" s="37"/>
     </row>
-    <row r="300" spans="1:15" s="34" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A300" s="149" t="s">
+    <row r="300" spans="1:15" s="34" customFormat="1">
+      <c r="A300" s="130" t="s">
         <v>335</v>
       </c>
-      <c r="B300" s="139" t="s">
+      <c r="B300" s="122" t="s">
         <v>1078</v>
       </c>
-      <c r="C300" s="137" t="s">
+      <c r="C300" s="120" t="s">
         <v>1079</v>
       </c>
-      <c r="D300" s="136" t="s">
+      <c r="D300" s="119" t="s">
         <v>1080</v>
       </c>
-      <c r="E300" s="139" t="s">
+      <c r="E300" s="122" t="s">
         <v>150</v>
       </c>
-      <c r="F300" s="157"/>
-      <c r="G300" s="157" t="s">
+      <c r="F300" s="138"/>
+      <c r="G300" s="138" t="s">
         <v>100</v>
       </c>
-      <c r="H300" s="123"/>
-      <c r="I300" s="191" t="s">
+      <c r="H300" s="106"/>
+      <c r="I300" s="165" t="s">
         <v>393</v>
       </c>
-      <c r="J300" s="140">
+      <c r="J300" s="123">
         <v>37483</v>
       </c>
-      <c r="K300" s="140"/>
-      <c r="L300" s="140">
+      <c r="K300" s="123"/>
+      <c r="L300" s="123">
         <v>43516</v>
       </c>
-      <c r="M300" s="148"/>
+      <c r="M300" s="129"/>
       <c r="N300" s="37"/>
       <c r="O300" s="37"/>
     </row>
-    <row r="301" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A301" s="149" t="s">
+    <row r="301" spans="1:15">
+      <c r="A301" s="130" t="s">
         <v>335</v>
       </c>
-      <c r="B301" s="111" t="s">
+      <c r="B301" s="46" t="s">
         <v>1081</v>
       </c>
-      <c r="C301" s="112" t="s">
+      <c r="C301" s="32" t="s">
         <v>1082</v>
       </c>
-      <c r="D301" s="136" t="s">
+      <c r="D301" s="119" t="s">
         <v>1083</v>
       </c>
-      <c r="E301" s="139" t="s">
+      <c r="E301" s="122" t="s">
         <v>150</v>
       </c>
-      <c r="F301" s="157"/>
-      <c r="G301" s="114" t="s">
+      <c r="F301" s="138"/>
+      <c r="G301" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H301" s="192" t="s">
+      <c r="H301" s="166" t="s">
         <v>455</v>
       </c>
-      <c r="I301" s="200" t="s">
+      <c r="I301" s="174" t="s">
         <v>393</v>
       </c>
-      <c r="J301" s="140">
+      <c r="J301" s="123">
         <v>40729</v>
       </c>
-      <c r="K301" s="140"/>
-      <c r="L301" s="140">
+      <c r="K301" s="123"/>
+      <c r="L301" s="123">
         <v>43922</v>
       </c>
-      <c r="M301" s="148"/>
-[...2 lines deleted...]
-      <c r="A302" s="149" t="s">
+      <c r="M301" s="129"/>
+    </row>
+    <row r="302" spans="1:15" ht="25.5">
+      <c r="A302" s="130" t="s">
         <v>335</v>
       </c>
-      <c r="B302" s="111" t="s">
+      <c r="B302" s="46" t="s">
         <v>1084</v>
       </c>
-      <c r="C302" s="112" t="s">
+      <c r="C302" s="32" t="s">
         <v>1085</v>
       </c>
-      <c r="D302" s="113" t="s">
+      <c r="D302" s="50" t="s">
         <v>1086</v>
       </c>
-      <c r="E302" s="139" t="s">
+      <c r="E302" s="122" t="s">
         <v>150</v>
       </c>
-      <c r="F302" s="181"/>
-      <c r="G302" s="157" t="s">
+      <c r="F302" s="157"/>
+      <c r="G302" s="138" t="s">
         <v>1087</v>
       </c>
-      <c r="H302" s="123" t="s">
+      <c r="H302" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I302" s="200" t="s">
+      <c r="I302" s="174" t="s">
         <v>393</v>
       </c>
-      <c r="J302" s="140">
+      <c r="J302" s="123">
         <v>41078</v>
       </c>
-      <c r="K302" s="140"/>
-[...4 lines deleted...]
-      <c r="A303" s="149" t="s">
+      <c r="K302" s="123"/>
+      <c r="L302" s="123"/>
+      <c r="M302" s="129"/>
+    </row>
+    <row r="303" spans="1:15" ht="122.25" customHeight="1">
+      <c r="A303" s="130" t="s">
         <v>335</v>
       </c>
-      <c r="B303" s="111" t="s">
+      <c r="B303" s="46" t="s">
         <v>1088</v>
       </c>
-      <c r="C303" s="112" t="s">
+      <c r="C303" s="32" t="s">
         <v>1089</v>
       </c>
-      <c r="D303" s="136" t="s">
+      <c r="D303" s="119" t="s">
         <v>1090</v>
       </c>
-      <c r="E303" s="139" t="s">
+      <c r="E303" s="122" t="s">
         <v>150</v>
       </c>
-      <c r="F303" s="157"/>
-[...1 lines deleted...]
-      <c r="H303" s="123" t="s">
+      <c r="F303" s="138"/>
+      <c r="G303" s="47"/>
+      <c r="H303" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I303" s="200" t="s">
+      <c r="I303" s="174" t="s">
         <v>393</v>
       </c>
-      <c r="J303" s="140">
+      <c r="J303" s="123">
         <v>41262</v>
       </c>
-      <c r="K303" s="140"/>
-[...4 lines deleted...]
-      <c r="A304" s="149" t="s">
+      <c r="K303" s="123"/>
+      <c r="L303" s="123"/>
+      <c r="M303" s="129"/>
+    </row>
+    <row r="304" spans="1:15" ht="25.5">
+      <c r="A304" s="130" t="s">
         <v>335</v>
       </c>
-      <c r="B304" s="111" t="s">
+      <c r="B304" s="46" t="s">
         <v>1091</v>
       </c>
-      <c r="C304" s="112" t="s">
+      <c r="C304" s="32" t="s">
         <v>1092</v>
       </c>
-      <c r="D304" s="136" t="s">
+      <c r="D304" s="119" t="s">
         <v>1093</v>
       </c>
-      <c r="E304" s="139" t="s">
+      <c r="E304" s="122" t="s">
         <v>150</v>
       </c>
-      <c r="F304" s="181"/>
-      <c r="G304" s="157" t="s">
+      <c r="F304" s="157"/>
+      <c r="G304" s="138" t="s">
         <v>1087</v>
       </c>
-      <c r="H304" s="123" t="s">
+      <c r="H304" s="106" t="s">
         <v>392</v>
       </c>
-      <c r="I304" s="200" t="s">
+      <c r="I304" s="174" t="s">
         <v>393</v>
       </c>
-      <c r="J304" s="140">
+      <c r="J304" s="123">
         <v>41078</v>
       </c>
-      <c r="K304" s="140"/>
-[...4 lines deleted...]
-      <c r="A305" s="201" t="s">
+      <c r="K304" s="123"/>
+      <c r="L304" s="123"/>
+      <c r="M304" s="129"/>
+    </row>
+    <row r="305" spans="1:13">
+      <c r="A305" s="175" t="s">
         <v>335</v>
       </c>
       <c r="B305" s="44" t="s">
         <v>1094</v>
       </c>
       <c r="C305" s="44" t="s">
         <v>1095</v>
       </c>
       <c r="D305" s="44" t="s">
         <v>1096</v>
       </c>
-      <c r="E305" s="198" t="s">
+      <c r="E305" s="172" t="s">
         <v>53</v>
       </c>
-      <c r="F305" s="198"/>
-      <c r="G305" s="114" t="s">
+      <c r="F305" s="172"/>
+      <c r="G305" s="47" t="s">
         <v>100</v>
       </c>
-      <c r="H305" s="68" t="s">
+      <c r="H305" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I305" s="200" t="s">
+      <c r="I305" s="174" t="s">
         <v>393</v>
       </c>
-      <c r="J305" s="159">
+      <c r="J305" s="140">
         <v>44385</v>
       </c>
-      <c r="K305" s="199"/>
-[...4 lines deleted...]
-      <c r="A306" s="149" t="s">
+      <c r="K305" s="173"/>
+      <c r="L305" s="140"/>
+      <c r="M305" s="141"/>
+    </row>
+    <row r="306" spans="1:13">
+      <c r="A306" s="130" t="s">
         <v>366</v>
       </c>
-      <c r="B306" s="111" t="s">
+      <c r="B306" s="46" t="s">
         <v>1097</v>
       </c>
-      <c r="C306" s="112" t="s">
+      <c r="C306" s="32" t="s">
         <v>1098</v>
       </c>
-      <c r="D306" s="113" t="s">
+      <c r="D306" s="50" t="s">
         <v>1099</v>
       </c>
-      <c r="E306" s="139" t="s">
+      <c r="E306" s="122" t="s">
         <v>74</v>
       </c>
-      <c r="F306" s="157"/>
-      <c r="G306" s="114" t="s">
+      <c r="F306" s="138"/>
+      <c r="G306" s="47" t="s">
         <v>1100</v>
       </c>
-      <c r="H306" s="123"/>
-      <c r="I306" s="200" t="s">
+      <c r="H306" s="106"/>
+      <c r="I306" s="174" t="s">
         <v>393</v>
       </c>
-      <c r="J306" s="140">
+      <c r="J306" s="123">
         <v>35852</v>
       </c>
-      <c r="K306" s="140"/>
-[...4 lines deleted...]
-      <c r="A307" s="149" t="s">
+      <c r="K306" s="123"/>
+      <c r="L306" s="123"/>
+      <c r="M306" s="129"/>
+    </row>
+    <row r="307" spans="1:13">
+      <c r="A307" s="130" t="s">
         <v>366</v>
       </c>
-      <c r="B307" s="111" t="s">
+      <c r="B307" s="46" t="s">
         <v>1101</v>
       </c>
-      <c r="C307" s="112" t="s">
+      <c r="C307" s="32" t="s">
         <v>1102</v>
       </c>
-      <c r="D307" s="113" t="s">
+      <c r="D307" s="50" t="s">
         <v>1103</v>
       </c>
-      <c r="E307" s="139" t="s">
+      <c r="E307" s="122" t="s">
         <v>74</v>
       </c>
-      <c r="F307" s="157"/>
-      <c r="G307" s="114" t="s">
+      <c r="F307" s="138"/>
+      <c r="G307" s="47" t="s">
         <v>1104</v>
       </c>
-      <c r="H307" s="123"/>
-      <c r="I307" s="200" t="s">
+      <c r="H307" s="106"/>
+      <c r="I307" s="174" t="s">
         <v>393</v>
       </c>
-      <c r="J307" s="140">
+      <c r="J307" s="123">
         <v>35852</v>
       </c>
-      <c r="K307" s="140"/>
-[...4 lines deleted...]
-      <c r="A308" s="149" t="s">
+      <c r="K307" s="123"/>
+      <c r="L307" s="123"/>
+      <c r="M307" s="129"/>
+    </row>
+    <row r="308" spans="1:13">
+      <c r="A308" s="130" t="s">
         <v>366</v>
       </c>
-      <c r="B308" s="111" t="s">
+      <c r="B308" s="46" t="s">
         <v>1105</v>
       </c>
-      <c r="C308" s="112" t="s">
+      <c r="C308" s="32" t="s">
         <v>1106</v>
       </c>
-      <c r="D308" s="113" t="s">
+      <c r="D308" s="50" t="s">
         <v>1107</v>
       </c>
-      <c r="E308" s="111" t="s">
+      <c r="E308" s="46" t="s">
         <v>74</v>
       </c>
-      <c r="F308" s="114"/>
-      <c r="G308" s="114" t="s">
+      <c r="F308" s="47"/>
+      <c r="G308" s="47" t="s">
         <v>1108</v>
       </c>
-      <c r="H308" s="123"/>
-      <c r="I308" s="200" t="s">
+      <c r="H308" s="106"/>
+      <c r="I308" s="174" t="s">
         <v>393</v>
       </c>
-      <c r="J308" s="140">
+      <c r="J308" s="123">
         <v>35852</v>
       </c>
-      <c r="K308" s="140"/>
-[...3 lines deleted...]
-    <row r="309" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+      <c r="K308" s="123"/>
+      <c r="L308" s="123"/>
+      <c r="M308" s="129"/>
+    </row>
+    <row r="309" spans="1:13" ht="38.25">
       <c r="A309" s="43" t="s">
         <v>267</v>
       </c>
       <c r="B309" s="44" t="s">
         <v>1148</v>
       </c>
       <c r="C309" s="45" t="s">
         <v>1149</v>
       </c>
       <c r="D309" s="44" t="s">
         <v>1159</v>
       </c>
       <c r="E309" s="44" t="s">
         <v>150</v>
       </c>
       <c r="F309" s="44"/>
       <c r="G309" s="44" t="s">
         <v>1158</v>
       </c>
-      <c r="H309" s="202" t="s">
+      <c r="H309" s="176" t="s">
         <v>392</v>
       </c>
-      <c r="I309" s="196" t="s">
+      <c r="I309" s="170" t="s">
         <v>393</v>
       </c>
-      <c r="J309" s="203">
+      <c r="J309" s="177">
         <v>44578</v>
       </c>
-      <c r="K309" s="199"/>
+      <c r="K309" s="173"/>
       <c r="L309" s="40"/>
       <c r="M309" s="41"/>
     </row>
-    <row r="310" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
+    <row r="310" spans="1:13" ht="38.25">
       <c r="A310" s="43" t="s">
         <v>267</v>
       </c>
       <c r="B310" s="44" t="s">
         <v>1152</v>
       </c>
       <c r="C310" s="45" t="s">
         <v>1150</v>
       </c>
       <c r="D310" s="44" t="s">
         <v>1151</v>
       </c>
       <c r="E310" s="44" t="s">
         <v>150</v>
       </c>
       <c r="F310" s="44"/>
       <c r="G310" s="44" t="s">
         <v>1160</v>
       </c>
-      <c r="H310" s="202" t="s">
+      <c r="H310" s="176" t="s">
         <v>392</v>
       </c>
-      <c r="I310" s="196" t="s">
+      <c r="I310" s="170" t="s">
         <v>393</v>
       </c>
-      <c r="J310" s="203">
+      <c r="J310" s="177">
         <v>44578</v>
       </c>
-      <c r="K310" s="199"/>
+      <c r="K310" s="173"/>
       <c r="L310" s="40"/>
       <c r="M310" s="41"/>
     </row>
-    <row r="311" spans="1:13" ht="51" x14ac:dyDescent="0.2">
+    <row r="311" spans="1:13" ht="51">
       <c r="A311" s="43" t="s">
         <v>267</v>
       </c>
       <c r="B311" s="44" t="s">
         <v>1155</v>
       </c>
       <c r="C311" s="45" t="s">
         <v>1157</v>
       </c>
       <c r="D311" s="44" t="s">
         <v>1156</v>
       </c>
       <c r="E311" s="44" t="s">
         <v>146</v>
       </c>
       <c r="F311" s="44"/>
       <c r="G311" s="44" t="s">
         <v>1161</v>
       </c>
-      <c r="H311" s="202" t="s">
+      <c r="H311" s="176" t="s">
         <v>392</v>
       </c>
-      <c r="I311" s="196" t="s">
+      <c r="I311" s="170" t="s">
         <v>393</v>
       </c>
-      <c r="J311" s="203">
+      <c r="J311" s="177">
         <v>44578</v>
       </c>
-      <c r="K311" s="199"/>
+      <c r="K311" s="173"/>
       <c r="L311" s="40"/>
       <c r="M311" s="41"/>
     </row>
-    <row r="312" spans="1:13" ht="102" x14ac:dyDescent="0.2">
+    <row r="312" spans="1:13" ht="102">
       <c r="A312" s="43" t="s">
         <v>267</v>
       </c>
       <c r="B312" s="44" t="s">
         <v>1153</v>
       </c>
       <c r="C312" s="45" t="s">
         <v>1162</v>
       </c>
       <c r="D312" s="44" t="s">
         <v>1163</v>
       </c>
       <c r="E312" s="44" t="s">
         <v>390</v>
       </c>
       <c r="F312" s="44"/>
       <c r="G312" s="44" t="s">
         <v>1154</v>
       </c>
-      <c r="H312" s="202" t="s">
+      <c r="H312" s="176" t="s">
         <v>392</v>
       </c>
-      <c r="I312" s="196" t="s">
+      <c r="I312" s="170" t="s">
         <v>393</v>
       </c>
-      <c r="J312" s="203">
+      <c r="J312" s="177">
         <v>44578</v>
       </c>
-      <c r="K312" s="199"/>
+      <c r="K312" s="173"/>
       <c r="L312" s="40"/>
       <c r="M312" s="41"/>
     </row>
-    <row r="313" spans="1:13" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A313" s="161" t="s">
+    <row r="313" spans="1:13" ht="38.25">
+      <c r="A313" s="142" t="s">
         <v>267</v>
       </c>
-      <c r="B313" s="162" t="s">
+      <c r="B313" s="143" t="s">
         <v>1170</v>
       </c>
-      <c r="C313" s="163" t="s">
+      <c r="C313" s="144" t="s">
         <v>1172</v>
       </c>
-      <c r="D313" s="163" t="s">
+      <c r="D313" s="144" t="s">
         <v>1171</v>
       </c>
-      <c r="E313" s="164" t="s">
+      <c r="E313" s="145" t="s">
         <v>352</v>
       </c>
-      <c r="F313" s="164"/>
-      <c r="G313" s="157" t="s">
+      <c r="F313" s="145"/>
+      <c r="G313" s="138" t="s">
         <v>1173</v>
       </c>
-      <c r="H313" s="165" t="s">
+      <c r="H313" s="146" t="s">
         <v>392</v>
       </c>
-      <c r="I313" s="154" t="s">
+      <c r="I313" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J313" s="159">
+      <c r="J313" s="140">
         <v>44722</v>
       </c>
-      <c r="K313" s="166"/>
-[...4 lines deleted...]
-      <c r="A314" s="66" t="s">
+      <c r="K313" s="147"/>
+      <c r="L313" s="123"/>
+      <c r="M313" s="141"/>
+    </row>
+    <row r="314" spans="1:13" ht="51">
+      <c r="A314" s="63" t="s">
         <v>119</v>
       </c>
       <c r="B314" s="44" t="s">
         <v>1183</v>
       </c>
-      <c r="C314" s="167" t="s">
+      <c r="C314" s="148" t="s">
         <v>167</v>
       </c>
-      <c r="D314" s="167" t="s">
+      <c r="D314" s="148" t="s">
         <v>1189</v>
       </c>
-      <c r="E314" s="67" t="s">
+      <c r="E314" s="64" t="s">
         <v>282</v>
       </c>
-      <c r="F314" s="67"/>
-      <c r="G314" s="67" t="s">
+      <c r="F314" s="64"/>
+      <c r="G314" s="64" t="s">
         <v>1208</v>
       </c>
-      <c r="H314" s="68" t="s">
+      <c r="H314" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I314" s="154" t="s">
+      <c r="I314" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J314" s="69">
+      <c r="J314" s="66">
         <v>44943</v>
       </c>
-      <c r="K314" s="199"/>
-[...4 lines deleted...]
-      <c r="A315" s="66" t="s">
+      <c r="K314" s="173"/>
+      <c r="L314" s="66"/>
+      <c r="M314" s="67"/>
+    </row>
+    <row r="315" spans="1:13" ht="63.75">
+      <c r="A315" s="63" t="s">
         <v>267</v>
       </c>
       <c r="B315" s="44" t="s">
         <v>1211</v>
       </c>
       <c r="C315" s="44" t="s">
         <v>1214</v>
       </c>
       <c r="D315" s="44" t="s">
         <v>1215</v>
       </c>
-      <c r="E315" s="67" t="s">
+      <c r="E315" s="64" t="s">
         <v>1212</v>
       </c>
-      <c r="F315" s="67"/>
-[...1 lines deleted...]
-      <c r="H315" s="68" t="s">
+      <c r="F315" s="64"/>
+      <c r="G315" s="64"/>
+      <c r="H315" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I315" s="154" t="s">
+      <c r="I315" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J315" s="69">
+      <c r="J315" s="66">
         <v>44943</v>
       </c>
-      <c r="K315" s="199"/>
-[...4 lines deleted...]
-      <c r="A316" s="66" t="s">
+      <c r="K315" s="173"/>
+      <c r="L315" s="66"/>
+      <c r="M315" s="67"/>
+    </row>
+    <row r="316" spans="1:13" ht="38.25">
+      <c r="A316" s="63" t="s">
         <v>267</v>
       </c>
       <c r="B316" s="44" t="s">
         <v>1184</v>
       </c>
-      <c r="C316" s="167" t="s">
+      <c r="C316" s="148" t="s">
         <v>1196</v>
       </c>
-      <c r="D316" s="167" t="s">
+      <c r="D316" s="148" t="s">
         <v>1190</v>
       </c>
-      <c r="E316" s="67" t="s">
+      <c r="E316" s="64" t="s">
         <v>390</v>
       </c>
-      <c r="F316" s="67"/>
-      <c r="G316" s="67" t="s">
+      <c r="F316" s="64"/>
+      <c r="G316" s="64" t="s">
         <v>1207</v>
       </c>
-      <c r="H316" s="68" t="s">
+      <c r="H316" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I316" s="154" t="s">
+      <c r="I316" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J316" s="69">
+      <c r="J316" s="66">
         <v>44943</v>
       </c>
-      <c r="K316" s="199"/>
-[...4 lines deleted...]
-      <c r="A317" s="66" t="s">
+      <c r="K316" s="173"/>
+      <c r="L316" s="66"/>
+      <c r="M316" s="67"/>
+    </row>
+    <row r="317" spans="1:13" ht="51">
+      <c r="A317" s="63" t="s">
         <v>626</v>
       </c>
       <c r="B317" s="44" t="s">
         <v>1185</v>
       </c>
-      <c r="C317" s="167" t="s">
+      <c r="C317" s="148" t="s">
         <v>1197</v>
       </c>
-      <c r="D317" s="167" t="s">
+      <c r="D317" s="148" t="s">
         <v>1191</v>
       </c>
-      <c r="E317" s="67" t="s">
+      <c r="E317" s="64" t="s">
         <v>390</v>
       </c>
-      <c r="F317" s="67"/>
-      <c r="G317" s="67" t="s">
+      <c r="F317" s="64"/>
+      <c r="G317" s="64" t="s">
         <v>1206</v>
       </c>
-      <c r="H317" s="68" t="s">
+      <c r="H317" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I317" s="154" t="s">
+      <c r="I317" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J317" s="69">
+      <c r="J317" s="66">
         <v>44943</v>
       </c>
-      <c r="K317" s="199"/>
-[...4 lines deleted...]
-      <c r="A318" s="66" t="s">
+      <c r="K317" s="173"/>
+      <c r="L317" s="66"/>
+      <c r="M317" s="67"/>
+    </row>
+    <row r="318" spans="1:13" ht="63.75">
+      <c r="A318" s="63" t="s">
         <v>1213</v>
       </c>
       <c r="B318" s="44" t="s">
         <v>1186</v>
       </c>
       <c r="C318" s="44" t="s">
         <v>1216</v>
       </c>
       <c r="D318" s="44" t="s">
         <v>1217</v>
       </c>
-      <c r="E318" s="67" t="s">
+      <c r="E318" s="64" t="s">
         <v>282</v>
       </c>
-      <c r="F318" s="67"/>
-      <c r="G318" s="67" t="s">
+      <c r="F318" s="64"/>
+      <c r="G318" s="64" t="s">
         <v>1205</v>
       </c>
-      <c r="H318" s="68" t="s">
+      <c r="H318" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I318" s="154" t="s">
+      <c r="I318" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J318" s="69">
+      <c r="J318" s="66">
         <v>44943</v>
       </c>
-      <c r="K318" s="199"/>
-[...4 lines deleted...]
-      <c r="A319" s="66" t="s">
+      <c r="K318" s="173"/>
+      <c r="L318" s="66"/>
+      <c r="M318" s="67"/>
+    </row>
+    <row r="319" spans="1:13">
+      <c r="A319" s="63" t="s">
         <v>267</v>
       </c>
       <c r="B319" s="44" t="s">
         <v>1187</v>
       </c>
-      <c r="C319" s="167" t="s">
+      <c r="C319" s="148" t="s">
         <v>1198</v>
       </c>
-      <c r="D319" s="167" t="s">
+      <c r="D319" s="148" t="s">
         <v>1192</v>
       </c>
-      <c r="E319" s="67" t="s">
+      <c r="E319" s="64" t="s">
         <v>150</v>
       </c>
-      <c r="F319" s="67"/>
-      <c r="G319" s="67" t="s">
+      <c r="F319" s="64"/>
+      <c r="G319" s="64" t="s">
         <v>1204</v>
       </c>
-      <c r="H319" s="68" t="s">
+      <c r="H319" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I319" s="154" t="s">
+      <c r="I319" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J319" s="69">
+      <c r="J319" s="66">
         <v>44943</v>
       </c>
-      <c r="K319" s="199"/>
-[...4 lines deleted...]
-      <c r="A320" s="66" t="s">
+      <c r="K319" s="173"/>
+      <c r="L319" s="66"/>
+      <c r="M319" s="67"/>
+    </row>
+    <row r="320" spans="1:13" ht="25.5">
+      <c r="A320" s="63" t="s">
         <v>49</v>
       </c>
       <c r="B320" s="44" t="s">
         <v>1210</v>
       </c>
-      <c r="C320" s="167" t="s">
+      <c r="C320" s="148" t="s">
         <v>1199</v>
       </c>
-      <c r="D320" s="167" t="s">
+      <c r="D320" s="148" t="s">
         <v>1193</v>
       </c>
-      <c r="E320" s="67" t="s">
+      <c r="E320" s="64" t="s">
         <v>296</v>
       </c>
-      <c r="F320" s="67"/>
-      <c r="G320" s="67" t="s">
+      <c r="F320" s="64"/>
+      <c r="G320" s="64" t="s">
         <v>1203</v>
       </c>
-      <c r="H320" s="68" t="s">
+      <c r="H320" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I320" s="154" t="s">
+      <c r="I320" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J320" s="69">
+      <c r="J320" s="66">
         <v>44943</v>
       </c>
-      <c r="K320" s="199"/>
-[...4 lines deleted...]
-      <c r="A321" s="66" t="s">
+      <c r="K320" s="173"/>
+      <c r="L320" s="66"/>
+      <c r="M320" s="67"/>
+    </row>
+    <row r="321" spans="1:13" ht="63.75">
+      <c r="A321" s="63" t="s">
         <v>139</v>
       </c>
       <c r="B321" s="44" t="s">
         <v>1209</v>
       </c>
-      <c r="C321" s="167" t="s">
+      <c r="C321" s="148" t="s">
         <v>1200</v>
       </c>
-      <c r="D321" s="167" t="s">
+      <c r="D321" s="148" t="s">
         <v>1194</v>
       </c>
-      <c r="E321" s="67" t="s">
+      <c r="E321" s="64" t="s">
         <v>53</v>
       </c>
-      <c r="F321" s="67"/>
-      <c r="G321" s="67" t="s">
+      <c r="F321" s="64"/>
+      <c r="G321" s="64" t="s">
         <v>1202</v>
       </c>
-      <c r="H321" s="68" t="s">
+      <c r="H321" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I321" s="154" t="s">
+      <c r="I321" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J321" s="69">
+      <c r="J321" s="66">
         <v>44943</v>
       </c>
-      <c r="K321" s="199"/>
-[...4 lines deleted...]
-      <c r="A322" s="66" t="s">
+      <c r="K321" s="173"/>
+      <c r="L321" s="66"/>
+      <c r="M321" s="67"/>
+    </row>
+    <row r="322" spans="1:13" ht="25.5">
+      <c r="A322" s="63" t="s">
         <v>267</v>
       </c>
       <c r="B322" s="44" t="s">
         <v>1188</v>
       </c>
-      <c r="C322" s="167" t="s">
+      <c r="C322" s="148" t="s">
         <v>1201</v>
       </c>
-      <c r="D322" s="167" t="s">
+      <c r="D322" s="148" t="s">
         <v>1195</v>
       </c>
-      <c r="E322" s="67" t="s">
+      <c r="E322" s="64" t="s">
         <v>282</v>
       </c>
-      <c r="F322" s="67"/>
-[...1 lines deleted...]
-      <c r="H322" s="68" t="s">
+      <c r="F322" s="64"/>
+      <c r="G322" s="64"/>
+      <c r="H322" s="65" t="s">
         <v>392</v>
       </c>
-      <c r="I322" s="154" t="s">
+      <c r="I322" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J322" s="69">
+      <c r="J322" s="66">
         <v>44943</v>
       </c>
-      <c r="K322" s="199"/>
-[...4 lines deleted...]
-      <c r="A323" s="66" t="s">
+      <c r="K322" s="173"/>
+      <c r="L322" s="66"/>
+      <c r="M322" s="67"/>
+    </row>
+    <row r="323" spans="1:13" ht="38.25">
+      <c r="A323" s="63" t="s">
         <v>267</v>
       </c>
-      <c r="B323" s="198" t="s">
+      <c r="B323" s="172" t="s">
         <v>1228</v>
       </c>
-      <c r="C323" s="204" t="s">
+      <c r="C323" s="178" t="s">
         <v>1232</v>
       </c>
-      <c r="D323" s="205" t="s">
+      <c r="D323" s="179" t="s">
         <v>1230</v>
       </c>
-      <c r="E323" s="198" t="s">
+      <c r="E323" s="172" t="s">
         <v>150</v>
       </c>
-      <c r="F323" s="198"/>
-      <c r="G323" s="198" t="s">
+      <c r="F323" s="172"/>
+      <c r="G323" s="172" t="s">
         <v>1226</v>
       </c>
-      <c r="H323" s="204" t="s">
+      <c r="H323" s="178" t="s">
         <v>392</v>
       </c>
-      <c r="I323" s="154" t="s">
+      <c r="I323" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J323" s="206">
+      <c r="J323" s="180">
         <v>45091</v>
       </c>
-      <c r="K323" s="199"/>
-[...4 lines deleted...]
-      <c r="A324" s="66" t="s">
+      <c r="K323" s="173"/>
+      <c r="L323" s="140"/>
+      <c r="M323" s="141"/>
+    </row>
+    <row r="324" spans="1:13" ht="25.5">
+      <c r="A324" s="63" t="s">
         <v>626</v>
       </c>
-      <c r="B324" s="195" t="s">
+      <c r="B324" s="169" t="s">
         <v>1229</v>
       </c>
-      <c r="C324" s="204" t="s">
+      <c r="C324" s="178" t="s">
         <v>1233</v>
       </c>
-      <c r="D324" s="205" t="s">
+      <c r="D324" s="179" t="s">
         <v>1231</v>
       </c>
-      <c r="E324" s="198" t="s">
+      <c r="E324" s="172" t="s">
         <v>282</v>
       </c>
-      <c r="F324" s="198"/>
-      <c r="G324" s="198" t="s">
+      <c r="F324" s="172"/>
+      <c r="G324" s="172" t="s">
         <v>1227</v>
       </c>
-      <c r="H324" s="204" t="s">
+      <c r="H324" s="178" t="s">
         <v>392</v>
       </c>
-      <c r="I324" s="154" t="s">
+      <c r="I324" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J324" s="206">
+      <c r="J324" s="180">
         <v>45091</v>
       </c>
-      <c r="K324" s="199"/>
-      <c r="L324" s="128">
+      <c r="K324" s="173"/>
+      <c r="L324" s="111">
         <v>45359</v>
       </c>
-      <c r="M324" s="170"/>
-[...2 lines deleted...]
-      <c r="A325" s="161" t="s">
+      <c r="M324" s="141"/>
+    </row>
+    <row r="325" spans="1:13" ht="25.5">
+      <c r="A325" s="142" t="s">
         <v>626</v>
       </c>
-      <c r="B325" s="67" t="s">
+      <c r="B325" s="64" t="s">
         <v>1245</v>
       </c>
-      <c r="C325" s="165" t="s">
+      <c r="C325" s="146" t="s">
         <v>1246</v>
       </c>
-      <c r="D325" s="171" t="s">
+      <c r="D325" s="52" t="s">
         <v>1247</v>
       </c>
-      <c r="E325" s="164" t="s">
+      <c r="E325" s="145" t="s">
         <v>435</v>
       </c>
-      <c r="F325" s="164"/>
-      <c r="G325" s="164" t="s">
+      <c r="F325" s="145"/>
+      <c r="G325" s="145" t="s">
         <v>1248</v>
       </c>
-      <c r="H325" s="165" t="s">
+      <c r="H325" s="146" t="s">
         <v>392</v>
       </c>
-      <c r="I325" s="154" t="s">
+      <c r="I325" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J325" s="169">
+      <c r="J325" s="140">
         <v>45314</v>
       </c>
-      <c r="K325" s="166"/>
-      <c r="L325" s="128">
+      <c r="K325" s="147"/>
+      <c r="L325" s="111">
         <v>45359</v>
       </c>
-      <c r="M325" s="170"/>
-[...2 lines deleted...]
-      <c r="A326" s="161" t="s">
+      <c r="M325" s="141"/>
+    </row>
+    <row r="326" spans="1:13" ht="38.25">
+      <c r="A326" s="142" t="s">
         <v>267</v>
       </c>
-      <c r="B326" s="67" t="s">
+      <c r="B326" s="64" t="s">
         <v>1249</v>
       </c>
-      <c r="C326" s="165" t="s">
+      <c r="C326" s="146" t="s">
         <v>1252</v>
       </c>
-      <c r="D326" s="171" t="s">
+      <c r="D326" s="52" t="s">
         <v>1257</v>
       </c>
-      <c r="E326" s="164" t="s">
+      <c r="E326" s="145" t="s">
         <v>282</v>
       </c>
-      <c r="F326" s="164"/>
-      <c r="G326" s="164" t="s">
+      <c r="F326" s="145"/>
+      <c r="G326" s="145" t="s">
         <v>1258</v>
       </c>
-      <c r="H326" s="165" t="s">
+      <c r="H326" s="146" t="s">
         <v>392</v>
       </c>
-      <c r="I326" s="154" t="s">
+      <c r="I326" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J326" s="169">
+      <c r="J326" s="140">
         <v>45314</v>
       </c>
-      <c r="K326" s="166"/>
-      <c r="L326" s="128">
+      <c r="K326" s="147"/>
+      <c r="L326" s="111">
         <v>45359</v>
       </c>
-      <c r="M326" s="170"/>
-[...2 lines deleted...]
-      <c r="A327" s="161" t="s">
+      <c r="M326" s="141"/>
+    </row>
+    <row r="327" spans="1:13" ht="38.25">
+      <c r="A327" s="142" t="s">
         <v>267</v>
       </c>
-      <c r="B327" s="67" t="s">
+      <c r="B327" s="64" t="s">
         <v>1250</v>
       </c>
-      <c r="C327" s="165" t="s">
+      <c r="C327" s="146" t="s">
         <v>1253</v>
       </c>
-      <c r="D327" s="171" t="s">
+      <c r="D327" s="52" t="s">
         <v>1256</v>
       </c>
-      <c r="E327" s="164" t="s">
+      <c r="E327" s="145" t="s">
         <v>150</v>
       </c>
-      <c r="F327" s="164"/>
-      <c r="G327" s="164" t="s">
+      <c r="F327" s="145"/>
+      <c r="G327" s="145" t="s">
         <v>1259</v>
       </c>
-      <c r="H327" s="165" t="s">
+      <c r="H327" s="146" t="s">
         <v>392</v>
       </c>
-      <c r="I327" s="154" t="s">
+      <c r="I327" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J327" s="169">
+      <c r="J327" s="140">
         <v>45314</v>
       </c>
-      <c r="K327" s="166"/>
-      <c r="L327" s="128">
+      <c r="K327" s="147"/>
+      <c r="L327" s="111">
         <v>45359</v>
       </c>
-      <c r="M327" s="170"/>
-[...2 lines deleted...]
-      <c r="A328" s="161" t="s">
+      <c r="M327" s="141"/>
+    </row>
+    <row r="328" spans="1:13" ht="25.5">
+      <c r="A328" s="142" t="s">
         <v>267</v>
       </c>
-      <c r="B328" s="67" t="s">
+      <c r="B328" s="64" t="s">
         <v>1262</v>
       </c>
-      <c r="C328" s="165" t="s">
+      <c r="C328" s="146" t="s">
         <v>1254</v>
       </c>
-      <c r="D328" s="171" t="s">
+      <c r="D328" s="52" t="s">
         <v>1255</v>
       </c>
-      <c r="E328" s="164" t="s">
+      <c r="E328" s="145" t="s">
         <v>282</v>
       </c>
-      <c r="F328" s="164"/>
-      <c r="G328" s="164" t="s">
+      <c r="F328" s="145"/>
+      <c r="G328" s="145" t="s">
         <v>1260</v>
       </c>
-      <c r="H328" s="165" t="s">
+      <c r="H328" s="146" t="s">
         <v>392</v>
       </c>
-      <c r="I328" s="154" t="s">
+      <c r="I328" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J328" s="169">
+      <c r="J328" s="140">
         <v>45314</v>
       </c>
-      <c r="K328" s="166"/>
-      <c r="L328" s="128">
+      <c r="K328" s="147"/>
+      <c r="L328" s="111">
         <v>45359</v>
       </c>
-      <c r="M328" s="170"/>
-[...2 lines deleted...]
-      <c r="A329" s="161" t="s">
+      <c r="M328" s="141"/>
+    </row>
+    <row r="329" spans="1:13" ht="38.25">
+      <c r="A329" s="142" t="s">
         <v>267</v>
       </c>
-      <c r="B329" s="67" t="s">
+      <c r="B329" s="64" t="s">
         <v>1251</v>
       </c>
-      <c r="C329" s="165" t="s">
+      <c r="C329" s="146" t="s">
         <v>1263</v>
       </c>
-      <c r="D329" s="171" t="s">
+      <c r="D329" s="52" t="s">
         <v>1264</v>
       </c>
-      <c r="E329" s="164" t="s">
+      <c r="E329" s="145" t="s">
         <v>282</v>
       </c>
-      <c r="F329" s="164"/>
-      <c r="G329" s="164" t="s">
+      <c r="F329" s="145"/>
+      <c r="G329" s="145" t="s">
         <v>1261</v>
       </c>
-      <c r="H329" s="165" t="s">
+      <c r="H329" s="146" t="s">
         <v>392</v>
       </c>
-      <c r="I329" s="154" t="s">
+      <c r="I329" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J329" s="169">
+      <c r="J329" s="140">
         <v>45314</v>
       </c>
-      <c r="K329" s="166"/>
-      <c r="L329" s="128">
+      <c r="K329" s="147"/>
+      <c r="L329" s="111">
         <v>45359</v>
       </c>
-      <c r="M329" s="170"/>
-[...2 lines deleted...]
-      <c r="A330" s="172" t="s">
+      <c r="M329" s="141"/>
+    </row>
+    <row r="330" spans="1:13" ht="51">
+      <c r="A330" s="149" t="s">
         <v>70</v>
       </c>
-      <c r="B330" s="173" t="s">
+      <c r="B330" s="150" t="s">
         <v>1314</v>
       </c>
-      <c r="C330" s="174" t="s">
+      <c r="C330" s="151" t="s">
         <v>1317</v>
       </c>
-      <c r="D330" s="175" t="s">
+      <c r="D330" s="152" t="s">
         <v>1320</v>
       </c>
-      <c r="E330" s="173" t="s">
+      <c r="E330" s="150" t="s">
         <v>85</v>
       </c>
-      <c r="F330" s="114" t="s">
+      <c r="F330" s="47" t="s">
         <v>1318</v>
       </c>
-      <c r="G330" s="173"/>
-[...1 lines deleted...]
-      <c r="I330" s="154" t="s">
+      <c r="G330" s="150"/>
+      <c r="H330" s="151"/>
+      <c r="I330" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J330" s="169">
+      <c r="J330" s="140">
         <v>45470</v>
       </c>
-      <c r="K330" s="176"/>
-[...1 lines deleted...]
-      <c r="M330" s="178" t="s">
+      <c r="K330" s="153"/>
+      <c r="L330" s="154"/>
+      <c r="M330" s="155" t="s">
         <v>1319</v>
       </c>
     </row>
-    <row r="331" spans="1:13" ht="51" x14ac:dyDescent="0.2">
-      <c r="A331" s="161" t="s">
+    <row r="331" spans="1:13" ht="51">
+      <c r="A331" s="142" t="s">
         <v>70</v>
       </c>
-      <c r="B331" s="111" t="s">
+      <c r="B331" s="46" t="s">
         <v>1315</v>
       </c>
-      <c r="C331" s="165" t="s">
+      <c r="C331" s="146" t="s">
         <v>1316</v>
       </c>
-      <c r="D331" s="171" t="s">
+      <c r="D331" s="52" t="s">
         <v>1327</v>
       </c>
-      <c r="E331" s="173" t="s">
+      <c r="E331" s="150" t="s">
         <v>85</v>
       </c>
-      <c r="F331" s="114" t="s">
+      <c r="F331" s="47" t="s">
         <v>1318</v>
       </c>
-      <c r="G331" s="164"/>
-[...1 lines deleted...]
-      <c r="I331" s="154" t="s">
+      <c r="G331" s="145"/>
+      <c r="H331" s="146"/>
+      <c r="I331" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J331" s="169">
+      <c r="J331" s="140">
         <v>45470</v>
       </c>
-      <c r="K331" s="166"/>
-[...1 lines deleted...]
-      <c r="M331" s="178" t="s">
+      <c r="K331" s="147"/>
+      <c r="L331" s="140"/>
+      <c r="M331" s="155" t="s">
         <v>1319</v>
       </c>
     </row>
-    <row r="332" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A332" s="161" t="s">
+    <row r="332" spans="1:13">
+      <c r="A332" s="142" t="s">
         <v>70</v>
       </c>
-      <c r="B332" s="67" t="s">
+      <c r="B332" s="64" t="s">
         <v>1321</v>
       </c>
-      <c r="C332" s="68" t="s">
+      <c r="C332" s="65" t="s">
         <v>1322</v>
       </c>
-      <c r="D332" s="179" t="s">
+      <c r="D332" s="52" t="s">
         <v>1325</v>
       </c>
-      <c r="E332" s="67" t="s">
+      <c r="E332" s="64" t="s">
         <v>85</v>
       </c>
-      <c r="F332" s="114" t="s">
+      <c r="F332" s="47" t="s">
         <v>514</v>
       </c>
-      <c r="G332" s="67"/>
-[...1 lines deleted...]
-      <c r="I332" s="154" t="s">
+      <c r="G332" s="64"/>
+      <c r="H332" s="65"/>
+      <c r="I332" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J332" s="169">
+      <c r="J332" s="140">
         <v>45470</v>
       </c>
-      <c r="K332" s="166"/>
-[...4 lines deleted...]
-      <c r="A333" s="161" t="s">
+      <c r="K332" s="147"/>
+      <c r="L332" s="66"/>
+      <c r="M332" s="67"/>
+    </row>
+    <row r="333" spans="1:13" ht="25.5">
+      <c r="A333" s="142" t="s">
         <v>70</v>
       </c>
-      <c r="B333" s="164" t="s">
+      <c r="B333" s="145" t="s">
         <v>1323</v>
       </c>
-      <c r="C333" s="165" t="s">
+      <c r="C333" s="146" t="s">
         <v>1324</v>
       </c>
-      <c r="D333" s="171" t="s">
+      <c r="D333" s="52" t="s">
         <v>1326</v>
       </c>
-      <c r="E333" s="164" t="s">
+      <c r="E333" s="145" t="s">
         <v>85</v>
       </c>
-      <c r="F333" s="114" t="s">
+      <c r="F333" s="47" t="s">
         <v>514</v>
       </c>
-      <c r="G333" s="164"/>
-[...1 lines deleted...]
-      <c r="I333" s="154" t="s">
+      <c r="G333" s="145"/>
+      <c r="H333" s="146"/>
+      <c r="I333" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J333" s="169">
+      <c r="J333" s="140">
         <v>45470</v>
       </c>
-      <c r="K333" s="166"/>
-[...4 lines deleted...]
-      <c r="A334" s="161" t="s">
+      <c r="K333" s="147"/>
+      <c r="L333" s="140"/>
+      <c r="M333" s="141"/>
+    </row>
+    <row r="334" spans="1:13" ht="76.5">
+      <c r="A334" s="142" t="s">
         <v>1331</v>
       </c>
-      <c r="B334" s="164" t="s">
+      <c r="B334" s="145" t="s">
         <v>1329</v>
       </c>
-      <c r="C334" s="165" t="s">
+      <c r="C334" s="146" t="s">
         <v>92</v>
       </c>
-      <c r="D334" s="171" t="s">
+      <c r="D334" s="52" t="s">
         <v>92</v>
       </c>
-      <c r="E334" s="164" t="s">
+      <c r="E334" s="145" t="s">
         <v>236</v>
       </c>
-      <c r="F334" s="164"/>
-[...1 lines deleted...]
-      <c r="H334" s="165" t="s">
+      <c r="F334" s="145"/>
+      <c r="G334" s="145"/>
+      <c r="H334" s="146" t="s">
         <v>1328</v>
       </c>
-      <c r="I334" s="154" t="s">
+      <c r="I334" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J334" s="169">
+      <c r="J334" s="140">
         <v>45470</v>
       </c>
-      <c r="K334" s="166"/>
-[...1 lines deleted...]
-      <c r="M334" s="180" t="s">
+      <c r="K334" s="147"/>
+      <c r="L334" s="140"/>
+      <c r="M334" s="156" t="s">
         <v>1330</v>
       </c>
     </row>
-    <row r="335" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A335" s="161" t="s">
+    <row r="335" spans="1:13">
+      <c r="A335" s="142" t="s">
         <v>139</v>
       </c>
-      <c r="B335" s="164" t="s">
+      <c r="B335" s="145" t="s">
         <v>1332</v>
       </c>
-      <c r="C335" s="165" t="s">
+      <c r="C335" s="146" t="s">
         <v>1334</v>
       </c>
-      <c r="D335" s="171" t="s">
+      <c r="D335" s="52" t="s">
         <v>1333</v>
       </c>
-      <c r="E335" s="164" t="s">
+      <c r="E335" s="145" t="s">
         <v>150</v>
       </c>
-      <c r="F335" s="164"/>
-      <c r="G335" s="164" t="s">
+      <c r="F335" s="145"/>
+      <c r="G335" s="145" t="s">
         <v>1335</v>
       </c>
-      <c r="H335" s="165" t="s">
+      <c r="H335" s="146" t="s">
         <v>392</v>
       </c>
-      <c r="I335" s="154" t="s">
+      <c r="I335" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J335" s="169">
+      <c r="J335" s="140">
         <v>45470</v>
       </c>
-      <c r="K335" s="166"/>
-[...4 lines deleted...]
-      <c r="A336" s="161" t="s">
+      <c r="K335" s="147"/>
+      <c r="L335" s="140"/>
+      <c r="M335" s="141"/>
+    </row>
+    <row r="336" spans="1:13" ht="25.5">
+      <c r="A336" s="142" t="s">
         <v>179</v>
       </c>
-      <c r="B336" s="161" t="s">
+      <c r="B336" s="142" t="s">
         <v>1355</v>
       </c>
-      <c r="C336" s="165" t="s">
+      <c r="C336" s="146" t="s">
         <v>1357</v>
       </c>
-      <c r="D336" s="171" t="s">
+      <c r="D336" s="52" t="s">
         <v>1356</v>
       </c>
-      <c r="E336" s="164" t="s">
+      <c r="E336" s="145" t="s">
         <v>150</v>
       </c>
-      <c r="F336" s="164"/>
-      <c r="G336" s="164" t="s">
+      <c r="F336" s="145"/>
+      <c r="G336" s="145" t="s">
         <v>1358</v>
       </c>
-      <c r="H336" s="165" t="s">
+      <c r="H336" s="146" t="s">
         <v>392</v>
       </c>
-      <c r="I336" s="154" t="s">
+      <c r="I336" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J336" s="169">
+      <c r="J336" s="140">
         <v>45678</v>
       </c>
-      <c r="K336" s="166"/>
-[...4 lines deleted...]
-      <c r="A337" s="161" t="s">
+      <c r="K336" s="147"/>
+      <c r="L336" s="140"/>
+      <c r="M336" s="141"/>
+    </row>
+    <row r="337" spans="1:13">
+      <c r="A337" s="142" t="s">
         <v>179</v>
       </c>
-      <c r="B337" s="164" t="s">
+      <c r="B337" s="145" t="s">
         <v>1359</v>
       </c>
-      <c r="C337" s="165" t="s">
+      <c r="C337" s="146" t="s">
         <v>1363</v>
       </c>
-      <c r="D337" s="171" t="s">
+      <c r="D337" s="52" t="s">
         <v>1362</v>
       </c>
-      <c r="E337" s="164" t="s">
+      <c r="E337" s="145" t="s">
         <v>146</v>
       </c>
-      <c r="F337" s="164"/>
-      <c r="G337" s="164" t="s">
+      <c r="F337" s="145"/>
+      <c r="G337" s="145" t="s">
         <v>1370</v>
       </c>
-      <c r="H337" s="165" t="s">
+      <c r="H337" s="146" t="s">
         <v>392</v>
       </c>
-      <c r="I337" s="154" t="s">
+      <c r="I337" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J337" s="169">
+      <c r="J337" s="140">
         <v>45678</v>
       </c>
-      <c r="K337" s="166"/>
-[...4 lines deleted...]
-      <c r="A338" s="161" t="s">
+      <c r="K337" s="147"/>
+      <c r="L337" s="140"/>
+      <c r="M337" s="141"/>
+    </row>
+    <row r="338" spans="1:13" ht="63.75">
+      <c r="A338" s="142" t="s">
         <v>267</v>
       </c>
-      <c r="B338" s="220" t="s">
+      <c r="B338" s="145" t="s">
         <v>1389</v>
       </c>
-      <c r="C338" s="165" t="s">
+      <c r="C338" s="146" t="s">
         <v>1364</v>
       </c>
-      <c r="D338" s="171" t="s">
+      <c r="D338" s="52" t="s">
         <v>1365</v>
       </c>
-      <c r="E338" s="164" t="s">
+      <c r="E338" s="145" t="s">
         <v>282</v>
       </c>
-      <c r="F338" s="164"/>
-      <c r="G338" s="164" t="s">
+      <c r="F338" s="145"/>
+      <c r="G338" s="145" t="s">
         <v>1371</v>
       </c>
-      <c r="H338" s="165" t="s">
+      <c r="H338" s="146" t="s">
         <v>392</v>
       </c>
-      <c r="I338" s="154" t="s">
+      <c r="I338" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J338" s="169">
+      <c r="J338" s="140">
         <v>45678</v>
       </c>
-      <c r="K338" s="166"/>
-      <c r="L338" s="219">
+      <c r="K338" s="147"/>
+      <c r="L338" s="140">
         <v>45852</v>
       </c>
-      <c r="M338" s="170"/>
-[...2 lines deleted...]
-      <c r="A339" s="161" t="s">
+      <c r="M338" s="141"/>
+    </row>
+    <row r="339" spans="1:13" ht="25.5">
+      <c r="A339" s="142" t="s">
         <v>267</v>
       </c>
-      <c r="B339" s="164" t="s">
+      <c r="B339" s="145" t="s">
         <v>1360</v>
       </c>
-      <c r="C339" s="165" t="s">
+      <c r="C339" s="146" t="s">
         <v>1368</v>
       </c>
-      <c r="D339" s="171" t="s">
+      <c r="D339" s="52" t="s">
         <v>1366</v>
       </c>
-      <c r="E339" s="164" t="s">
+      <c r="E339" s="145" t="s">
         <v>282</v>
       </c>
-      <c r="F339" s="164"/>
-      <c r="G339" s="164" t="s">
+      <c r="F339" s="145"/>
+      <c r="G339" s="145" t="s">
         <v>1372</v>
       </c>
-      <c r="H339" s="165" t="s">
+      <c r="H339" s="146" t="s">
         <v>392</v>
       </c>
-      <c r="I339" s="154" t="s">
+      <c r="I339" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J339" s="169">
+      <c r="J339" s="140">
         <v>45678</v>
       </c>
-      <c r="K339" s="166"/>
-[...4 lines deleted...]
-      <c r="A340" s="161" t="s">
+      <c r="K339" s="147"/>
+      <c r="L339" s="140"/>
+      <c r="M339" s="141"/>
+    </row>
+    <row r="340" spans="1:13" ht="25.5">
+      <c r="A340" s="142" t="s">
         <v>267</v>
       </c>
-      <c r="B340" s="164" t="s">
+      <c r="B340" s="145" t="s">
         <v>1361</v>
       </c>
-      <c r="C340" s="165" t="s">
+      <c r="C340" s="146" t="s">
         <v>1369</v>
       </c>
-      <c r="D340" s="171" t="s">
+      <c r="D340" s="52" t="s">
         <v>1367</v>
       </c>
-      <c r="E340" s="164" t="s">
+      <c r="E340" s="145" t="s">
         <v>146</v>
       </c>
-      <c r="F340" s="164"/>
-[...1 lines deleted...]
-      <c r="H340" s="165" t="s">
+      <c r="F340" s="145"/>
+      <c r="G340" s="145"/>
+      <c r="H340" s="146" t="s">
         <v>392</v>
       </c>
-      <c r="I340" s="154" t="s">
+      <c r="I340" s="135" t="s">
         <v>393</v>
       </c>
-      <c r="J340" s="169">
+      <c r="J340" s="140">
         <v>45678</v>
       </c>
-      <c r="K340" s="166"/>
-[...4 lines deleted...]
-      <c r="A341" s="216" t="s">
+      <c r="K340" s="147"/>
+      <c r="L340" s="140"/>
+      <c r="M340" s="141"/>
+    </row>
+    <row r="341" spans="1:13" ht="38.25">
+      <c r="A341" s="175" t="s">
         <v>267</v>
       </c>
-      <c r="B341" s="209" t="s">
+      <c r="B341" s="172" t="s">
         <v>1391</v>
       </c>
-      <c r="C341" s="210" t="s">
+      <c r="C341" s="178" t="s">
         <v>1379</v>
       </c>
-      <c r="D341" s="217" t="s">
+      <c r="D341" s="179" t="s">
         <v>1380</v>
       </c>
-      <c r="E341" s="209" t="s">
+      <c r="E341" s="172" t="s">
         <v>282</v>
       </c>
-      <c r="F341" s="208"/>
-      <c r="G341" s="209" t="s">
+      <c r="F341" s="172"/>
+      <c r="G341" s="172" t="s">
         <v>1386</v>
       </c>
-      <c r="H341" s="210" t="s">
+      <c r="H341" s="178" t="s">
         <v>392</v>
       </c>
-      <c r="I341" s="211" t="s">
+      <c r="I341" s="173" t="s">
         <v>393</v>
       </c>
-      <c r="J341" s="212">
+      <c r="J341" s="180">
         <v>45833</v>
       </c>
-      <c r="K341" s="207"/>
-[...4 lines deleted...]
-      <c r="A342" s="216" t="s">
+      <c r="K341" s="173"/>
+      <c r="L341" s="140"/>
+      <c r="M341" s="141"/>
+    </row>
+    <row r="342" spans="1:13" ht="38.25">
+      <c r="A342" s="175" t="s">
         <v>267</v>
       </c>
-      <c r="B342" s="209" t="s">
+      <c r="B342" s="172" t="s">
         <v>1390</v>
       </c>
-      <c r="C342" s="210" t="s">
+      <c r="C342" s="178" t="s">
         <v>1382</v>
       </c>
-      <c r="D342" s="217" t="s">
+      <c r="D342" s="179" t="s">
         <v>1381</v>
       </c>
-      <c r="E342" s="213" t="s">
+      <c r="E342" s="172" t="s">
         <v>282</v>
       </c>
-      <c r="F342" s="208"/>
-      <c r="G342" s="213" t="s">
+      <c r="F342" s="172"/>
+      <c r="G342" s="172" t="s">
         <v>1385</v>
       </c>
-      <c r="H342" s="210" t="s">
+      <c r="H342" s="178" t="s">
         <v>392</v>
       </c>
-      <c r="I342" s="214" t="s">
+      <c r="I342" s="173" t="s">
         <v>393</v>
       </c>
-      <c r="J342" s="215">
+      <c r="J342" s="180">
         <v>45833</v>
       </c>
-      <c r="K342" s="207"/>
-[...4 lines deleted...]
-      <c r="A343" s="216" t="s">
+      <c r="K342" s="173"/>
+      <c r="L342" s="140"/>
+      <c r="M342" s="141"/>
+    </row>
+    <row r="343" spans="1:13" ht="89.25">
+      <c r="A343" s="175" t="s">
         <v>267</v>
       </c>
-      <c r="B343" s="209" t="s">
+      <c r="B343" s="172" t="s">
         <v>1384</v>
       </c>
-      <c r="C343" s="218" t="s">
+      <c r="C343" s="181" t="s">
         <v>167</v>
       </c>
-      <c r="D343" s="217" t="s">
+      <c r="D343" s="179" t="s">
         <v>1383</v>
       </c>
-      <c r="E343" s="209" t="s">
+      <c r="E343" s="172" t="s">
         <v>150</v>
       </c>
-      <c r="F343" s="208"/>
-      <c r="G343" s="209" t="s">
+      <c r="F343" s="172"/>
+      <c r="G343" s="172" t="s">
         <v>1387</v>
       </c>
-      <c r="H343" s="210" t="s">
+      <c r="H343" s="178" t="s">
         <v>392</v>
       </c>
-      <c r="I343" s="214" t="s">
+      <c r="I343" s="173" t="s">
         <v>393</v>
       </c>
-      <c r="J343" s="215">
+      <c r="J343" s="180">
         <v>45833</v>
       </c>
-      <c r="K343" s="207"/>
-[...4 lines deleted...]
-      <c r="C348" s="189"/>
+      <c r="K343" s="173"/>
+      <c r="L343" s="140"/>
+      <c r="M343" s="141"/>
+    </row>
+    <row r="344" spans="1:13" s="193" customFormat="1" ht="25.5">
+      <c r="A344" s="183" t="s">
+        <v>139</v>
+      </c>
+      <c r="B344" s="184" t="s">
+        <v>1403</v>
+      </c>
+      <c r="C344" s="185" t="s">
+        <v>1401</v>
+      </c>
+      <c r="D344" s="186" t="s">
+        <v>1402</v>
+      </c>
+      <c r="E344" s="185" t="s">
+        <v>282</v>
+      </c>
+      <c r="F344" s="185"/>
+      <c r="G344" s="185"/>
+      <c r="H344" s="187" t="s">
+        <v>392</v>
+      </c>
+      <c r="I344" s="188" t="s">
+        <v>393</v>
+      </c>
+      <c r="J344" s="189">
+        <v>45966</v>
+      </c>
+      <c r="K344" s="190"/>
+      <c r="L344" s="191"/>
+      <c r="M344" s="192"/>
+    </row>
+    <row r="345" spans="1:13" s="193" customFormat="1" ht="127.5">
+      <c r="A345" s="194" t="s">
+        <v>49</v>
+      </c>
+      <c r="B345" s="195" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C345" s="196" t="s">
+        <v>1398</v>
+      </c>
+      <c r="D345" s="196" t="s">
+        <v>1399</v>
+      </c>
+      <c r="E345" s="195" t="s">
+        <v>150</v>
+      </c>
+      <c r="F345" s="195"/>
+      <c r="G345" s="195" t="s">
+        <v>1400</v>
+      </c>
+      <c r="H345" s="196" t="s">
+        <v>392</v>
+      </c>
+      <c r="I345" s="197" t="s">
+        <v>393</v>
+      </c>
+      <c r="J345" s="198">
+        <v>46057</v>
+      </c>
+      <c r="K345" s="190"/>
+      <c r="L345" s="199"/>
+      <c r="M345" s="200"/>
+    </row>
+    <row r="349" spans="1:13">
+      <c r="C349" s="182"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="xqvlYzLDz402K4+aE++Z4tmU47TM6gqp0HuPOdD+eOcU+IXxi3xxtdrglQvrYwDy16nlJyEmFW/7nbpMQYlZIw==" saltValue="adc+1pXpDyXyT34T8TsAXw==" spinCount="100000" sheet="1" sort="0" autoFilter="0" pivotTables="0"/>
-  <mergeCells count="6">
+  <sheetProtection algorithmName="SHA-512" hashValue="VTBIT1q6XhdYBFxLI38DLSRbnkddzvZSyYAk0D5lXkdclSh0Hr8NPx7Wda1ZGCv0YZzHooqk7KYbP8tbyPtBAQ==" saltValue="UVyWBoSEr9jNJgeWG6ByGQ==" spinCount="100000" sheet="1" sort="0" autoFilter="0" pivotTables="0"/>
+  <mergeCells count="5">
     <mergeCell ref="B9:F9"/>
-    <mergeCell ref="A2:A4"/>
     <mergeCell ref="A6:A7"/>
     <mergeCell ref="M2:M5"/>
     <mergeCell ref="B2:L4"/>
     <mergeCell ref="B5:L7"/>
   </mergeCells>
   <phoneticPr fontId="35" type="noConversion"/>
-  <conditionalFormatting sqref="I19:I343">
+  <conditionalFormatting sqref="I19:I345">
     <cfRule type="containsText" dxfId="1" priority="1" operator="containsText" text="Prohibited">
       <formula>NOT(ISERROR(SEARCH("Prohibited",I19)))</formula>
     </cfRule>
     <cfRule type="containsText" dxfId="0" priority="2" operator="containsText" text="Restricted">
       <formula>NOT(ISERROR(SEARCH("Restricted",I19)))</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I19:I343" xr:uid="{00000000-0002-0000-0300-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="I19:I345" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>"Prohibited, Restricted"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="50" fitToHeight="0" orientation="landscape" cellComments="asDisplayed" r:id="rId1"/>
   <headerFooter>
     <oddHeader>&amp;C
 &amp;G</oddHeader>
     <oddFooter>&amp;C&amp;8The electronic issue distributed by Scania Corporate Standards is the valid issue. All unauthorized distribution is strictly prohibited. Please verify that you have the latest issue before relying on it.&amp;Rpage &amp;P of &amp;N</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="13" min="7" max="55" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <legacyDrawingHF r:id="rId4"/>
   <tableParts count="1">
     <tablePart r:id="rId5"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr codeName="Sheet6">
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:G52"/>
+  <dimension ref="A1:G53"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A13" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="C13" sqref="C13"/>
+    <sheetView showGridLines="0" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
+      <selection activeCell="D10" sqref="D10"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="18.5703125" style="22" customWidth="1"/>
-    <col min="2" max="2" width="11.85546875" style="182" customWidth="1"/>
+    <col min="2" max="2" width="11.85546875" style="158" customWidth="1"/>
     <col min="3" max="3" width="78.5703125" style="22" customWidth="1"/>
     <col min="4" max="4" width="44.7109375" style="22" customWidth="1"/>
     <col min="5" max="5" width="16" style="22" customWidth="1"/>
     <col min="6" max="6" width="16.28515625" style="22" customWidth="1"/>
     <col min="7" max="7" width="50.42578125" style="22" customWidth="1"/>
     <col min="8" max="16384" width="9.140625" style="22"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
-[...2 lines deleted...]
-      <c r="B2" s="230" t="str">
+    <row r="1" spans="1:7" ht="13.5" thickBot="1"/>
+    <row r="2" spans="1:7">
+      <c r="A2" s="209"/>
+      <c r="B2" s="215" t="str">
         <f>'Front Page'!E2</f>
         <v>STD4160</v>
       </c>
-      <c r="C2" s="317"/>
-[...11 lines deleted...]
-      <c r="A4" s="73" t="s">
+      <c r="C2" s="290"/>
+      <c r="D2" s="79"/>
+      <c r="G2" s="61"/>
+    </row>
+    <row r="3" spans="1:7" ht="27.75" customHeight="1" thickBot="1">
+      <c r="A3" s="212"/>
+      <c r="B3" s="291"/>
+      <c r="C3" s="292"/>
+      <c r="D3" s="80"/>
+      <c r="G3" s="61"/>
+    </row>
+    <row r="4" spans="1:7" ht="14.25">
+      <c r="A4" s="70" t="s">
         <v>1236</v>
       </c>
-      <c r="B4" s="318"/>
-[...1 lines deleted...]
-      <c r="D4" s="87" t="s">
+      <c r="B4" s="291"/>
+      <c r="C4" s="292"/>
+      <c r="D4" s="81" t="s">
         <v>1237</v>
       </c>
-      <c r="G4" s="64"/>
-[...2 lines deleted...]
-      <c r="A5" s="74">
+      <c r="G4" s="61"/>
+    </row>
+    <row r="5" spans="1:7" ht="15" thickBot="1">
+      <c r="A5" s="71">
         <f>'Front Page'!A5</f>
-        <v>17</v>
-[...3 lines deleted...]
-      <c r="D5" s="88" t="str">
+        <v>18</v>
+      </c>
+      <c r="B5" s="293"/>
+      <c r="C5" s="294"/>
+      <c r="D5" s="82" t="str">
         <f>'Front Page'!J5</f>
         <v>Public</v>
       </c>
-      <c r="G5" s="64"/>
-[...1 lines deleted...]
-    <row r="6" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="G5" s="61"/>
+    </row>
+    <row r="6" spans="1:7">
       <c r="A6" s="39"/>
-      <c r="G6" s="64"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:7" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="G6" s="61"/>
+    </row>
+    <row r="7" spans="1:7" ht="20.25">
       <c r="A7" s="30"/>
-      <c r="B7" s="183" t="s">
+      <c r="B7" s="159" t="s">
         <v>1109</v>
       </c>
-      <c r="G7" s="64"/>
-[...1 lines deleted...]
-    <row r="8" spans="1:7" x14ac:dyDescent="0.2">
+      <c r="G7" s="61"/>
+    </row>
+    <row r="8" spans="1:7">
       <c r="A8" s="39"/>
-      <c r="G8" s="64"/>
-[...2 lines deleted...]
-      <c r="A9" s="57" t="s">
+      <c r="G8" s="61"/>
+    </row>
+    <row r="9" spans="1:7" ht="15">
+      <c r="A9" s="54" t="s">
         <v>2</v>
       </c>
-      <c r="B9" s="184" t="s">
+      <c r="B9" s="160" t="s">
         <v>1</v>
       </c>
       <c r="C9" s="11" t="s">
         <v>1110</v>
       </c>
       <c r="D9" s="11" t="s">
         <v>1111</v>
       </c>
     </row>
-    <row r="10" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="10" spans="1:7" ht="51">
       <c r="A10" s="25">
+        <v>18</v>
+      </c>
+      <c r="B10" s="161">
+        <v>46091</v>
+      </c>
+      <c r="C10" s="25" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D10" s="25" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="11" spans="1:7" ht="25.5">
+      <c r="A11" s="25">
         <v>17</v>
       </c>
-      <c r="B10" s="185">
+      <c r="B11" s="161">
         <v>45852</v>
       </c>
-      <c r="C10" s="25" t="s">
+      <c r="C11" s="25" t="s">
         <v>1392</v>
       </c>
-      <c r="D10" s="25" t="s">
+      <c r="D11" s="25" t="s">
         <v>1393</v>
       </c>
     </row>
-    <row r="11" spans="1:7" ht="63.75" x14ac:dyDescent="0.2">
-      <c r="A11" s="25">
+    <row r="12" spans="1:7" ht="63.75">
+      <c r="A12" s="25">
         <v>16</v>
       </c>
-      <c r="B11" s="185">
+      <c r="B12" s="161">
         <v>45705</v>
       </c>
-      <c r="C11" s="31" t="s">
+      <c r="C12" s="31" t="s">
         <v>1374</v>
       </c>
-      <c r="D11" s="31" t="s">
+      <c r="D12" s="31" t="s">
         <v>1373</v>
       </c>
     </row>
-    <row r="12" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A12" s="89" t="s">
+    <row r="13" spans="1:7" ht="25.5">
+      <c r="A13" s="83" t="s">
         <v>1375</v>
       </c>
-      <c r="B12" s="185">
+      <c r="B13" s="161">
         <v>45630</v>
       </c>
-      <c r="C12" s="31" t="s">
+      <c r="C13" s="31" t="s">
         <v>1353</v>
       </c>
-      <c r="D12" s="31" t="s">
+      <c r="D13" s="31" t="s">
         <v>1354</v>
       </c>
     </row>
-    <row r="13" spans="1:7" ht="127.5" x14ac:dyDescent="0.2">
-      <c r="A13" s="25">
+    <row r="14" spans="1:7" ht="127.5">
+      <c r="A14" s="25">
         <v>15</v>
       </c>
-      <c r="B13" s="186">
+      <c r="B14" s="162">
         <v>45629</v>
       </c>
-      <c r="C13" s="31" t="s">
+      <c r="C14" s="31" t="s">
         <v>1352</v>
       </c>
-      <c r="D13" s="31" t="s">
+      <c r="D14" s="31" t="s">
         <v>1351</v>
       </c>
     </row>
-    <row r="14" spans="1:7" ht="131.25" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A14" s="89">
+    <row r="15" spans="1:7" ht="131.25" customHeight="1">
+      <c r="A15" s="83">
         <v>14</v>
       </c>
-      <c r="B14" s="185">
+      <c r="B15" s="161">
         <v>45483</v>
       </c>
-      <c r="C14" s="31" t="s">
+      <c r="C15" s="31" t="s">
         <v>1340</v>
       </c>
-      <c r="D14" s="31" t="s">
+      <c r="D15" s="31" t="s">
         <v>1347</v>
       </c>
     </row>
-    <row r="15" spans="1:7" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A15" s="25">
+    <row r="16" spans="1:7" ht="25.5">
+      <c r="A16" s="25">
         <v>14</v>
       </c>
-      <c r="B15" s="185">
+      <c r="B16" s="161">
         <v>45483</v>
       </c>
-      <c r="C15" s="25" t="s">
+      <c r="C16" s="25" t="s">
         <v>1339</v>
       </c>
-      <c r="D15" s="25"/>
-[...3 lines deleted...]
-        <f>A17</f>
+      <c r="D16" s="25"/>
+    </row>
+    <row r="17" spans="1:4" ht="76.5">
+      <c r="A17" s="83">
+        <f>A18</f>
         <v>13</v>
       </c>
-      <c r="B16" s="186">
+      <c r="B17" s="162">
         <v>45359</v>
       </c>
-      <c r="C16" s="36" t="s">
+      <c r="C17" s="36" t="s">
         <v>1350</v>
       </c>
-      <c r="D16" s="25" t="s">
+      <c r="D17" s="25" t="s">
         <v>1269</v>
       </c>
     </row>
-    <row r="17" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-      <c r="A17" s="89">
+    <row r="18" spans="1:4" ht="25.5">
+      <c r="A18" s="83">
         <v>13</v>
       </c>
-      <c r="B17" s="186">
+      <c r="B18" s="162">
         <v>45359</v>
       </c>
-      <c r="C17" s="36" t="s">
+      <c r="C18" s="36" t="s">
         <v>1305</v>
       </c>
-      <c r="D17" s="89" t="s">
+      <c r="D18" s="83" t="s">
         <v>1113</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A18" s="89" t="s">
+    <row r="19" spans="1:4">
+      <c r="A19" s="83" t="s">
         <v>1242</v>
       </c>
-      <c r="B18" s="186">
+      <c r="B19" s="162">
         <v>45271</v>
       </c>
-      <c r="C18" s="36" t="s">
+      <c r="C19" s="36" t="s">
         <v>1244</v>
       </c>
-      <c r="D18" s="89" t="s">
+      <c r="D19" s="83" t="s">
         <v>1113</v>
       </c>
     </row>
-    <row r="19" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
-      <c r="A19" s="25">
+    <row r="20" spans="1:4" ht="38.25">
+      <c r="A20" s="25">
         <v>12</v>
       </c>
-      <c r="B19" s="185">
+      <c r="B20" s="161">
         <v>45120</v>
       </c>
-      <c r="C19" s="25" t="s">
+      <c r="C20" s="25" t="s">
         <v>1234</v>
       </c>
-      <c r="D19" s="25" t="s">
+      <c r="D20" s="25" t="s">
         <v>1235</v>
       </c>
     </row>
-    <row r="20" spans="1:4" ht="102" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="21" spans="1:4" ht="165.75" x14ac:dyDescent="0.2">
+    <row r="21" spans="1:4" ht="102">
       <c r="A21" s="25">
         <v>11</v>
       </c>
-      <c r="B21" s="185">
+      <c r="B21" s="161">
         <v>44949</v>
       </c>
       <c r="C21" s="25" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="D21" s="29" t="s">
-        <v>1222</v>
-[...2 lines deleted...]
-    <row r="22" spans="1:4" x14ac:dyDescent="0.2">
+        <v>1224</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="165.75">
       <c r="A22" s="25">
         <v>11</v>
       </c>
-      <c r="B22" s="185">
+      <c r="B22" s="161">
         <v>44949</v>
       </c>
       <c r="C22" s="25" t="s">
+        <v>1221</v>
+      </c>
+      <c r="D22" s="29" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" s="25">
+        <v>11</v>
+      </c>
+      <c r="B23" s="161">
+        <v>44949</v>
+      </c>
+      <c r="C23" s="25" t="s">
         <v>1220</v>
       </c>
-      <c r="D22" s="25" t="s">
+      <c r="D23" s="25" t="s">
         <v>495</v>
       </c>
     </row>
-    <row r="23" spans="1:4" ht="102" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="24" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="24" spans="1:4" ht="102">
       <c r="A24" s="29">
         <v>10</v>
       </c>
-      <c r="B24" s="187">
+      <c r="B24" s="163">
         <v>44746</v>
       </c>
       <c r="C24" s="29" t="s">
-        <v>1182</v>
+        <v>1177</v>
       </c>
       <c r="D24" s="29" t="s">
-        <v>1175</v>
-[...2 lines deleted...]
-    <row r="25" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
       <c r="A25" s="29">
         <v>10</v>
       </c>
-      <c r="B25" s="187">
+      <c r="B25" s="163">
         <v>44746</v>
       </c>
       <c r="C25" s="29" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="D25" s="29" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-    <row r="26" spans="1:4" x14ac:dyDescent="0.2">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4" ht="38.25">
       <c r="A26" s="29">
         <v>10</v>
       </c>
-      <c r="B26" s="187">
+      <c r="B26" s="163">
         <v>44746</v>
       </c>
       <c r="C26" s="29" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="D26" s="29" t="s">
-        <v>438</v>
-[...2 lines deleted...]
-    <row r="27" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+        <v>1181</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
       <c r="A27" s="29">
         <v>10</v>
       </c>
-      <c r="B27" s="187">
+      <c r="B27" s="163">
         <v>44746</v>
       </c>
       <c r="C27" s="29" t="s">
+        <v>1178</v>
+      </c>
+      <c r="D27" s="29" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="25.5">
+      <c r="A28" s="29">
+        <v>10</v>
+      </c>
+      <c r="B28" s="163">
+        <v>44746</v>
+      </c>
+      <c r="C28" s="29" t="s">
         <v>1176</v>
       </c>
-      <c r="D27" s="29" t="s">
+      <c r="D28" s="29" t="s">
         <v>1172</v>
       </c>
     </row>
-    <row r="28" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="29" spans="1:4" ht="102" x14ac:dyDescent="0.2">
+    <row r="29" spans="1:4" ht="38.25">
       <c r="A29" s="42">
         <v>9</v>
       </c>
-      <c r="B29" s="188">
+      <c r="B29" s="164">
         <v>44586</v>
       </c>
-      <c r="C29" s="25" t="s">
+      <c r="C29" s="36" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D29" s="32" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="102">
+      <c r="A30" s="42">
+        <v>9</v>
+      </c>
+      <c r="B30" s="164">
+        <v>44586</v>
+      </c>
+      <c r="C30" s="25" t="s">
         <v>1168</v>
       </c>
-      <c r="D29" s="25" t="s">
+      <c r="D30" s="25" t="s">
         <v>1169</v>
       </c>
     </row>
-    <row r="30" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="31" spans="1:4" ht="76.5" x14ac:dyDescent="0.2">
+    <row r="31" spans="1:4" ht="25.5">
       <c r="A31" s="42">
         <v>8</v>
       </c>
-      <c r="B31" s="188">
+      <c r="B31" s="164">
         <v>44389</v>
       </c>
       <c r="C31" s="29" t="s">
-        <v>1114</v>
+        <v>1112</v>
       </c>
       <c r="D31" s="29" t="s">
-        <v>1115</v>
-[...2 lines deleted...]
-    <row r="32" spans="1:4" ht="204" x14ac:dyDescent="0.2">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4" ht="76.5">
       <c r="A32" s="42">
         <v>8</v>
       </c>
-      <c r="B32" s="188">
+      <c r="B32" s="164">
         <v>44389</v>
       </c>
       <c r="C32" s="29" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D32" s="29" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4" ht="204">
+      <c r="A33" s="42">
+        <v>8</v>
+      </c>
+      <c r="B33" s="164">
+        <v>44389</v>
+      </c>
+      <c r="C33" s="29" t="s">
         <v>1116</v>
       </c>
-      <c r="D32" s="29" t="s">
+      <c r="D33" s="29" t="s">
         <v>1117</v>
       </c>
     </row>
-    <row r="33" spans="1:4" ht="127.5" x14ac:dyDescent="0.2">
-      <c r="A33" s="29">
+    <row r="34" spans="1:4" ht="127.5">
+      <c r="A34" s="29">
         <v>7</v>
       </c>
-      <c r="B33" s="187">
+      <c r="B34" s="163">
         <v>44335</v>
       </c>
-      <c r="C33" s="29" t="s">
+      <c r="C34" s="29" t="s">
         <v>1118</v>
       </c>
-      <c r="D33" s="31" t="s">
+      <c r="D34" s="31" t="s">
         <v>1113</v>
       </c>
     </row>
-    <row r="34" spans="1:4" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="35" spans="1:4" ht="102" x14ac:dyDescent="0.2">
+    <row r="35" spans="1:4">
       <c r="A35" s="29">
         <v>6</v>
       </c>
-      <c r="B35" s="187">
+      <c r="B35" s="163">
         <v>44270</v>
       </c>
-      <c r="C35" s="29" t="s">
-        <v>1121</v>
+      <c r="C35" s="25" t="s">
+        <v>1119</v>
       </c>
       <c r="D35" s="29" t="s">
-        <v>1122</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:4" ht="63.75" x14ac:dyDescent="0.2">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4" ht="102">
       <c r="A36" s="29">
         <v>6</v>
       </c>
-      <c r="B36" s="187">
+      <c r="B36" s="163">
         <v>44270</v>
       </c>
-      <c r="C36" s="31" t="s">
+      <c r="C36" s="29" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D36" s="29" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4" ht="63.75">
+      <c r="A37" s="29">
+        <v>6</v>
+      </c>
+      <c r="B37" s="163">
+        <v>44270</v>
+      </c>
+      <c r="C37" s="31" t="s">
         <v>1123</v>
       </c>
-      <c r="D36" s="31" t="s">
+      <c r="D37" s="31" t="s">
         <v>1124</v>
       </c>
     </row>
-    <row r="37" spans="1:4" ht="51" x14ac:dyDescent="0.2">
-      <c r="A37" s="25">
+    <row r="38" spans="1:4" ht="51">
+      <c r="A38" s="25">
         <v>5</v>
       </c>
-      <c r="B37" s="185">
+      <c r="B38" s="161">
         <v>44014</v>
       </c>
-      <c r="C37" s="31" t="s">
+      <c r="C38" s="31" t="s">
         <v>1125</v>
       </c>
-      <c r="D37" s="31" t="s">
+      <c r="D38" s="31" t="s">
         <v>1126</v>
       </c>
     </row>
-    <row r="38" spans="1:4" ht="165.75" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="39" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="39" spans="1:4" ht="165.75">
       <c r="A39" s="29">
         <v>4</v>
       </c>
-      <c r="B39" s="187">
+      <c r="B39" s="163">
         <v>43922</v>
       </c>
       <c r="C39" s="31" t="s">
-        <v>1129</v>
+        <v>1127</v>
       </c>
       <c r="D39" s="31" t="s">
-        <v>1130</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4" ht="25.5">
       <c r="A40" s="29">
         <v>4</v>
       </c>
-      <c r="B40" s="187">
+      <c r="B40" s="163">
         <v>43922</v>
       </c>
       <c r="C40" s="31" t="s">
-        <v>1131</v>
+        <v>1129</v>
       </c>
       <c r="D40" s="31" t="s">
-        <v>1132</v>
-[...2 lines deleted...]
-    <row r="41" spans="1:4" ht="51" x14ac:dyDescent="0.2">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4" ht="51">
       <c r="A41" s="29">
         <v>4</v>
       </c>
-      <c r="B41" s="187">
+      <c r="B41" s="163">
         <v>43922</v>
       </c>
       <c r="C41" s="31" t="s">
+        <v>1131</v>
+      </c>
+      <c r="D41" s="31" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4" ht="51">
+      <c r="A42" s="29">
+        <v>4</v>
+      </c>
+      <c r="B42" s="163">
+        <v>43922</v>
+      </c>
+      <c r="C42" s="31" t="s">
         <v>1133</v>
       </c>
-      <c r="D41" s="31" t="s">
+      <c r="D42" s="31" t="s">
         <v>1134</v>
       </c>
     </row>
-    <row r="42" spans="1:4" ht="114.75" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="43" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="43" spans="1:4" ht="114.75">
       <c r="A43" s="29">
         <v>3</v>
       </c>
-      <c r="B43" s="187">
+      <c r="B43" s="163">
         <v>43770</v>
       </c>
       <c r="C43" s="31" t="s">
-        <v>1137</v>
+        <v>1135</v>
       </c>
       <c r="D43" s="31" t="s">
-        <v>1138</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
       <c r="A44" s="29">
         <v>3</v>
       </c>
-      <c r="B44" s="187">
+      <c r="B44" s="163">
         <v>43770</v>
       </c>
       <c r="C44" s="31" t="s">
-        <v>1139</v>
+        <v>1137</v>
       </c>
       <c r="D44" s="31" t="s">
-        <v>355</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:4" x14ac:dyDescent="0.2">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4" ht="25.5">
       <c r="A45" s="29">
         <v>3</v>
       </c>
-      <c r="B45" s="187">
+      <c r="B45" s="163">
         <v>43770</v>
       </c>
       <c r="C45" s="31" t="s">
-        <v>1140</v>
+        <v>1139</v>
       </c>
       <c r="D45" s="31" t="s">
-        <v>1141</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:4" ht="38.25" x14ac:dyDescent="0.2">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
       <c r="A46" s="29">
         <v>3</v>
       </c>
-      <c r="B46" s="187">
+      <c r="B46" s="163">
         <v>43770</v>
       </c>
       <c r="C46" s="31" t="s">
-        <v>1142</v>
+        <v>1140</v>
       </c>
       <c r="D46" s="31" t="s">
-        <v>1143</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4" ht="38.25">
       <c r="A47" s="29">
         <v>3</v>
       </c>
-      <c r="B47" s="187">
+      <c r="B47" s="163">
         <v>43770</v>
       </c>
       <c r="C47" s="31" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D47" s="31" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4" ht="25.5">
+      <c r="A48" s="29">
+        <v>3</v>
+      </c>
+      <c r="B48" s="163">
+        <v>43770</v>
+      </c>
+      <c r="C48" s="31" t="s">
         <v>1144</v>
       </c>
-      <c r="D47" s="31" t="s">
+      <c r="D48" s="31" t="s">
         <v>1145</v>
       </c>
     </row>
-    <row r="48" spans="1:4" x14ac:dyDescent="0.2">
-[...13 lines deleted...]
-    <row r="49" spans="1:4" ht="25.5" x14ac:dyDescent="0.2">
+    <row r="49" spans="1:4">
       <c r="A49" s="29">
         <v>2</v>
       </c>
-      <c r="B49" s="187">
+      <c r="B49" s="163">
         <v>43516</v>
       </c>
       <c r="C49" s="31" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D49" s="31" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4" ht="25.5">
+      <c r="A50" s="29">
+        <v>2</v>
+      </c>
+      <c r="B50" s="163">
+        <v>43516</v>
+      </c>
+      <c r="C50" s="31" t="s">
         <v>1135</v>
       </c>
-      <c r="D49" s="31" t="s">
+      <c r="D50" s="31" t="s">
         <v>1147</v>
       </c>
     </row>
-    <row r="50" spans="1:4" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-    <row r="51" spans="1:4" x14ac:dyDescent="0.2">
+    <row r="51" spans="1:4">
       <c r="A51" s="25"/>
-      <c r="B51" s="185"/>
-[...3 lines deleted...]
-    <row r="52" spans="1:4" x14ac:dyDescent="0.2">
+      <c r="B51" s="161"/>
+      <c r="C51" s="31"/>
+      <c r="D51" s="31"/>
+    </row>
+    <row r="52" spans="1:4">
       <c r="A52" s="25"/>
-      <c r="B52" s="185"/>
+      <c r="B52" s="161"/>
       <c r="C52" s="25"/>
       <c r="D52" s="25"/>
     </row>
+    <row r="53" spans="1:4">
+      <c r="A53" s="25"/>
+      <c r="B53" s="161"/>
+      <c r="C53" s="25"/>
+      <c r="D53" s="25"/>
+    </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="OAdRJpRh9CfHtM4sghZrndzDuQ9zzsG1Slgy2Qgdt3S8fYNdBwxQk7a6JL+/+mj9aTQWwBBke0AmfDwWM7caIQ==" saltValue="A56XyhT3uiFw9XUf34KapA==" spinCount="100000" sheet="1" sort="0" autoFilter="0" pivotTables="0"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="tIhbPjJf8uvh0M9Sxu2zW6HDX9vDSHJHMqdKHuV4qZZzF8VDp54xGg97tFJ7V62mN0geYNP/Y9upAJp744nJFA==" saltValue="D6D6kt+qbqRf2M7zrPgCHg==" spinCount="100000" sheet="1" sort="0" autoFilter="0" pivotTables="0"/>
   <mergeCells count="2">
     <mergeCell ref="A2:A3"/>
     <mergeCell ref="B2:C5"/>
   </mergeCells>
   <phoneticPr fontId="35" type="noConversion"/>
   <pageMargins left="0.70866141732283472" right="0.70866141732283472" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="79" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C@Scania CV AB</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <tableParts count="1">
     <tablePart r:id="rId3"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr codeName="Blad1"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr codeName="Blad2"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr codeName="Blad3"/>
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75"/>
   <sheetData/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" verticalDpi="0" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100517140743C4B674096CD371E47DC1CD8" ma:contentTypeVersion="38" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="1fce057a627fe39f8faeb1e86a14e090">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xmlns:ns3="ec507e5a-f6b1-4b22-9f7e-677f545b6d71" xmlns:ns4="eed12ca6-c8e7-4adf-a156-396e43ae0158" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="893d5ffceac6cc91446bc09938ec914d" ns2:_="" ns3:_="" ns4:_="">
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="ec507e5a-f6b1-4b22-9f7e-677f545b6d71">
+      <UserInfo>
+        <DisplayName>Billme Anna</DisplayName>
+        <AccountId>96</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Brodin Håkansson Susanne</DisplayName>
+        <AccountId>883</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Bundschuh Michaela</DisplayName>
+        <AccountId>16</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <Responsibleforrevision xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <AreaofSubject xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <Publicationdate xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <StandardisationEngineer xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </StandardisationEngineer>
+    <Status xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <Issue xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <Initiationdate xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <STDNo xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <AreaSpecialist xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </AreaSpecialist>
+    <STDTitle xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <TaxKeywordTaxHTField xmlns="ec507e5a-f6b1-4b22-9f7e-677f545b6d71">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </TaxKeywordTaxHTField>
+    <TaxCatchAll xmlns="eed12ca6-c8e7-4adf-a156-396e43ae0158" xsi:nil="true"/>
+    <Description xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <ItemID xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <Typeofwork xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <MediaLengthInSeconds xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TranslatedLang xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xsi:nil="true"/>
+    <CreateSubfolders xmlns="13ccab6e-55d6-4a4c-b1e2-fc832dc25558">
+      <Url xsi:nil="true"/>
+      <Description xsi:nil="true"/>
+    </CreateSubfolders>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100517140743C4B674096CD371E47DC1CD8" ma:contentTypeVersion="41" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="36156a00169785146a01ee0f6da4a303">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" xmlns:ns3="ec507e5a-f6b1-4b22-9f7e-677f545b6d71" xmlns:ns4="eed12ca6-c8e7-4adf-a156-396e43ae0158" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e43194e93cdb0a077eb2f24f2ee57f7d" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="13ccab6e-55d6-4a4c-b1e2-fc832dc25558"/>
     <xsd:import namespace="ec507e5a-f6b1-4b22-9f7e-677f545b6d71"/>
     <xsd:import namespace="eed12ca6-c8e7-4adf-a156-396e43ae0158"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:Typeofwork" minOccurs="0"/>
                 <xsd:element ref="ns2:Status" minOccurs="0"/>
                 <xsd:element ref="ns2:Issue" minOccurs="0"/>
                 <xsd:element ref="ns2:STDTitle" minOccurs="0"/>
                 <xsd:element ref="ns2:Description" minOccurs="0"/>
                 <xsd:element ref="ns2:AreaSpecialist" minOccurs="0"/>
                 <xsd:element ref="ns2:STDNo" minOccurs="0"/>
                 <xsd:element ref="ns2:StandardisationEngineer" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxKeywordTaxHTField" minOccurs="0"/>
                 <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:ItemID" minOccurs="0"/>
                 <xsd:element ref="ns2:AreaofSubject" minOccurs="0"/>
                 <xsd:element ref="ns2:Initiationdate" minOccurs="0"/>
                 <xsd:element ref="ns2:Publicationdate" minOccurs="0"/>
                 <xsd:element ref="ns2:Responsibleforrevision" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-                <xsd:element ref="ns2:STDID" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:TranslatedLang" minOccurs="0"/>
+                <xsd:element ref="ns2:CreateSubfolders" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="13ccab6e-55d6-4a4c-b1e2-fc832dc25558" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="Typeofwork" ma:index="1" nillable="true" ma:displayName="Type of work" ma:format="Dropdown" ma:internalName="Typeofwork">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="New"/>
           <xsd:enumeration value="Revision"/>
           <xsd:enumeration value="Periodic Review"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Status" ma:index="2" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
       <xsd:simpleType>
         <xsd:restriction base="dms:Choice">
           <xsd:enumeration value="Ongoing"/>
           <xsd:enumeration value="Closed (Without publication)"/>
           <xsd:enumeration value="Published"/>
@@ -23415,82 +23053,92 @@
       <xsd:simpleType>
         <xsd:restriction base="dms:DateTime"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="Responsibleforrevision" ma:index="34" nillable="true" ma:displayName="Responsible for revision" ma:format="Dropdown" ma:internalName="Responsibleforrevision">
       <xsd:simpleType>
         <xsd:union memberTypes="dms:Text">
           <xsd:simpleType>
             <xsd:restriction base="dms:Choice">
               <xsd:enumeration value="Mimmi"/>
               <xsd:enumeration value="Joakim"/>
               <xsd:enumeration value="Michaela"/>
               <xsd:enumeration value="Anita"/>
               <xsd:enumeration value="Sofia"/>
               <xsd:enumeration value="Shengmei"/>
             </xsd:restriction>
           </xsd:simpleType>
         </xsd:union>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaLengthInSeconds" ma:index="35" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="STDID" ma:index="36" nillable="true" ma:displayName="STD ID" ma:format="Dropdown" ma:internalName="STDID">
-[...6 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="38" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="39b4542d-ed94-4c33-b618-c50f5b46dbc8" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="37" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="39b4542d-ed94-4c33-b618-c50f5b46dbc8" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="39" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="38" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:description="" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="40" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="39" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceLocation" ma:index="41" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="40" nillable="true" ma:displayName="Location" ma:description="" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TranslatedLang" ma:index="42" nillable="true" ma:displayName="Translated Language" ma:internalName="TranslatedLang">
+    <xsd:element name="TranslatedLang" ma:index="41" nillable="true" ma:displayName="Translated Language" ma:internalName="TranslatedLang">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="CreateSubfolders" ma:index="42" nillable="true" ma:displayName="Create Subfolders" ma:format="Hyperlink" ma:internalName="CreateSubfolders">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:URL">
+            <xsd:sequence>
+              <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
+              <xsd:element name="Description" type="xsd:string" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="43" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="ec507e5a-f6b1-4b22-9f7e-677f545b6d71" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="TaxKeywordTaxHTField" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="TaxKeywordTaxHTField" ma:taxonomyFieldName="TaxKeyword" ma:displayName="Enterprise Keywords" ma:fieldId="{23f27201-bee3-471e-b2e7-b64fd8b7ca38}" ma:taxonomyMulti="true" ma:sspId="39b4542d-ed94-4c33-b618-c50f5b46dbc8" ma:termSetId="00000000-0000-0000-0000-000000000000" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="true">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithUsers" ma:index="25" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
@@ -23601,225 +23249,164 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...55 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{15CF87F6-9937-4221-B7D8-C18D48DC7E78}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="ec507e5a-f6b1-4b22-9f7e-677f545b6d71"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="13ccab6e-55d6-4a4c-b1e2-fc832dc25558"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="eed12ca6-c8e7-4adf-a156-396e43ae0158"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8D1AD926-4F2F-4FD8-9B06-137656851267}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{20BBA179-E9CD-48ED-8E0C-D19C62EA72C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="13ccab6e-55d6-4a4c-b1e2-fc832dc25558"/>
     <ds:schemaRef ds:uri="ec507e5a-f6b1-4b22-9f7e-677f545b6d71"/>
     <ds:schemaRef ds:uri="eed12ca6-c8e7-4adf-a156-396e43ae0158"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BF610ECF-3D4D-449F-865F-3BBAF706908D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-  </ds:schemaRefs>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{a7f2ec83-e677-438d-afb7-4c7c0dbc872b}" enabled="1" method="Standard" siteId="{3bc062e4-ac9d-4c17-b4dd-3aad637ff1ac}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="13" baseType="lpstr">
       <vt:lpstr>Front Page</vt:lpstr>
       <vt:lpstr>STD4158 Criteria</vt:lpstr>
       <vt:lpstr>STD4159 Criteria</vt:lpstr>
       <vt:lpstr>Prohibited &amp; Restricted subst.</vt:lpstr>
       <vt:lpstr>Change history</vt:lpstr>
       <vt:lpstr>'Front Page'!_Toc397612156</vt:lpstr>
       <vt:lpstr>'STD4158 Criteria'!_Toc397612156</vt:lpstr>
       <vt:lpstr>'STD4159 Criteria'!_Toc397612156</vt:lpstr>
       <vt:lpstr>'Front Page'!Print_Area</vt:lpstr>
       <vt:lpstr>'Prohibited &amp; Restricted subst.'!Print_Area</vt:lpstr>
       <vt:lpstr>'STD4158 Criteria'!Print_Area</vt:lpstr>
       <vt:lpstr>'STD4159 Criteria'!Print_Area</vt:lpstr>
       <vt:lpstr>'Prohibited &amp; Restricted subst.'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
-  <Company>Scania Tekniskt Centrum</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <cp:keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100517140743C4B674096CD371E47DC1CD8</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Order">
     <vt:r8>7840200</vt:r8>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="xd_Signature">
     <vt:bool>false</vt:bool>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="xd_ProgID">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="ComplianceAssetId">
     <vt:lpwstr/>
   </property>
@@ -23847,75 +23434,75 @@
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="MSIP_Label_a7f2ec83-e677-438d-afb7-4c7c0dbc872b_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="MSIP_Label_a7f2ec83-e677-438d-afb7-4c7c0dbc872b_SetDate">
     <vt:lpwstr>2022-07-01T15:38:11Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="MSIP_Label_a7f2ec83-e677-438d-afb7-4c7c0dbc872b_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="MSIP_Label_a7f2ec83-e677-438d-afb7-4c7c0dbc872b_Name">
     <vt:lpwstr>a7f2ec83-e677-438d-afb7-4c7c0dbc872b</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="MSIP_Label_a7f2ec83-e677-438d-afb7-4c7c0dbc872b_SiteId">
     <vt:lpwstr>3bc062e4-ac9d-4c17-b4dd-3aad637ff1ac</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="MSIP_Label_a7f2ec83-e677-438d-afb7-4c7c0dbc872b_ContentBits">
     <vt:lpwstr>0</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="CDM_InfoClass">
     <vt:lpwstr>Public</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="CDM_AreaSpecialists">
-    <vt:lpwstr>HASHE Brodin Håkansson Susanne,
-HASHE Billme Anna</vt:lpwstr>
+    <vt:lpwstr>HHE Brodin Håkansson Susanne,
+HHE Billme Anna</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="DISTaskPaneUrl">
-    <vt:lpwstr>https://cdm.scania.com/cs/idcplg?IdcService=DESKTOP_DOC_INFO&amp;dDocName=SCS_0001943_99&amp;dID=116379&amp;ClientControlled=DocMan,taskpane&amp;coreContentOnly=1</vt:lpwstr>
+    <vt:lpwstr>https://cdm.scania.com/cs/idcplg?IdcService=DESKTOP_DOC_INFO&amp;dDocName=SCS_0001943_99&amp;dID=125601&amp;ClientControlled=DocMan,taskpane&amp;coreContentOnly=1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="CDM_Approvers">
-    <vt:lpwstr>HASH Grenestam Anna</vt:lpwstr>
+    <vt:lpwstr>HH Grenestam Anna</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="CDM_ReleaseDate">
-    <vt:lpwstr>2024-07-10</vt:lpwstr>
+    <vt:lpwstr>2025-07-15</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="CDMcgiUrl">
     <vt:lpwstr>https://cdm.scania.com/cs/idcplg</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="CDM_Title">
-    <vt:lpwstr>List of Prohibited and Restricted Substances in Chemical Products  </vt:lpwstr>
+    <vt:lpwstr>List of Prohibited and Restricted Substances in Chemical Products</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="CDMdDocName">
     <vt:lpwstr>SCS_0001943_99</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="CDM_DocName">
     <vt:lpwstr>STD4160</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="DISidcName">
     <vt:lpwstr>prcoapp1pr179544cncom16205</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="DISProperties">
     <vt:lpwstr>CDM_InfoClass,CDM_AreaSpecialists,DISidcName,CDM_Issue,CDM_Title,CDM_Distribution,CDM_Approvers,CDM_Engineer,CDM_DocName,CDMdDocName,CDMcgiUrl,CDM_ReleaseDate,CDM_Responsible,DISTaskPaneUrl,User Name,CDMdID</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="CDMdID">
-    <vt:lpwstr>116379</vt:lpwstr>
+    <vt:lpwstr>125601</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="User Name">
     <vt:lpwstr>MBUHMP</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="CDM_Engineer">
     <vt:lpwstr>EMCC Bundschuh Michaela</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="CDM_Distribution">
     <vt:lpwstr>Scania, Suppliers, Distributors, Bodybuilders - Truck, Bodybuilders - Bus, MAN</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="CDM_Issue">
-    <vt:lpwstr>14</vt:lpwstr>
+    <vt:lpwstr>17</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="CDM_Responsible">
-    <vt:lpwstr>EMCC Alstig Viktoria</vt:lpwstr>
+    <vt:lpwstr>TGRMHPS Stempfhuber Karin</vt:lpwstr>
   </property>
 </Properties>
 </file>